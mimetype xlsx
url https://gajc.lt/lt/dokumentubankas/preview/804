--- v0 (2025-10-07)
+++ v1 (2026-01-07)
@@ -1,543 +1,1274 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28324"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Vartotojas\Desktop\Agne\Viešųjų pirkimų planas\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/d1de7937fe50be2d/Pirkimų planas-suvestinė/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AEB0369A-1F40-48DD-9B53-2657B154842C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="52" documentId="8_{1272E848-9244-47CA-8249-57EB07FDDA0B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4BA0AE9D-F562-4F85-8EC9-E490F2D1B447}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Pirkimai" sheetId="1" r:id="rId1"/>
+    <sheet name="Lapas1" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Pirkimai!$A$4:$S$4</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Lapas1!$A$1:$AS$92</definedName>
   </definedNames>
-  <calcPr calcId="145621"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="489" uniqueCount="131">
-[...65 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1410" uniqueCount="218">
   <si>
     <t>Ne</t>
   </si>
   <si>
-    <t>Pirkimas priklauso pirmajai plano versijai</t>
-[...4 lines deleted...]
-  <si>
     <t>Raštinės ir kanceliariniai reikmenys</t>
   </si>
   <si>
     <t>1 MVPŽ neskelb. apklausa, procedūra ŽODŽIU, sutartis ŽODŽIU</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>30192700-8 Raštinės reikmenys</t>
   </si>
   <si>
     <t>Prekės</t>
   </si>
   <si>
     <t>I;II;III;IV</t>
   </si>
   <si>
-    <t>PL-10/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Buto nuoma</t>
   </si>
   <si>
     <t>70210000-6 Gyvenamojo nekilnojamojo turto nuomos ar lizingo paslaugos</t>
   </si>
   <si>
     <t>Paslaugos</t>
   </si>
   <si>
-    <t>PL-11/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Darbuotojų kvalifikacijos kėlimo mokymai, seminarai</t>
   </si>
   <si>
     <t>79632000-3 Personalo mokymo paslaugos</t>
   </si>
   <si>
-    <t>PL-12/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Reprezentacinės išlaidos</t>
   </si>
   <si>
     <t>18530000-3 Dovanos ir apdovanojimai</t>
   </si>
   <si>
-    <t>03121200-7 Skintos gėlės</t>
-[...4 lines deleted...]
-  <si>
     <t>Viešinimo paslaugos</t>
   </si>
   <si>
     <t>79416000-3 Viešųjų ryšių paslaugos</t>
   </si>
   <si>
-    <t>PL-14/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Valymo paslaugos</t>
   </si>
   <si>
     <t>90910000-9 Valymo paslaugos</t>
   </si>
   <si>
-    <t>PL-15/2025</t>
-[...13 lines deleted...]
-  <si>
     <t>Spaudos prenumerata</t>
   </si>
   <si>
     <t>79980000-7 Prenumeratos paslaugos</t>
   </si>
   <si>
-    <t>PL-17/2025</t>
-[...28 lines deleted...]
-  <si>
     <t>Medicinos reikmenys</t>
   </si>
   <si>
     <t>33140000-3 Medicinos reikmenys</t>
   </si>
   <si>
-    <t>PL-20/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>„Canva“ prenumerata</t>
   </si>
   <si>
     <t>48320000-7 Braižymo ir vaizdo kūrimo programinės įrangos paketai</t>
   </si>
   <si>
     <t>IV</t>
   </si>
   <si>
-    <t>PL-21/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Rugsėjo 1-osios renginys</t>
   </si>
   <si>
     <t>79952000-2 Su renginiais susijusios paslaugos</t>
   </si>
   <si>
     <t>III</t>
   </si>
   <si>
-    <t>PL-22/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Maisto produktai</t>
   </si>
   <si>
     <t>15800000-6 Įvairūs maisto produktai</t>
   </si>
   <si>
-    <t>PL-23/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Mokymo paslaugos</t>
   </si>
   <si>
     <t>80590000-6 Mokymo paslaugos</t>
   </si>
   <si>
-    <t>PL-24/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Popieriniai higienos gaminiai</t>
   </si>
   <si>
     <t>33770000-8 Popieriniai higienos gaminiai</t>
   </si>
   <si>
-    <t>PL-25/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Statybinės medžiagos ir prekės</t>
   </si>
   <si>
     <t>44100000-1 Statybinės medžiagos ir panašūs gaminiai</t>
   </si>
   <si>
-    <t>PL-26/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Indų plovimo priemonės</t>
   </si>
   <si>
     <t>39832000-3 Indų plovimo priemonės</t>
   </si>
   <si>
-    <t>PL-27/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Kompiuterių dalys, priedai, reikmenys</t>
   </si>
   <si>
     <t>30237000-9 Kompiuterių dalys, priedai ir reikmenys</t>
   </si>
   <si>
-    <t>PL-28/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Spausdintuvų kasetės</t>
   </si>
   <si>
     <t>30237310-5 Spausdintuvų kasetės</t>
   </si>
   <si>
-    <t>PL-29/2025</t>
-[...10 lines deleted...]
-  <si>
     <t>Darbuotojų sveikatos priežiūros paslaugos</t>
   </si>
   <si>
     <t>85140000-2 Įvairios sveikatos priežiūros paslaugos</t>
   </si>
   <si>
-    <t>PL-30/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>„Finet“ programa</t>
   </si>
   <si>
     <t>72260000-5 Su programine įranga susijusios paslaugos</t>
   </si>
   <si>
-    <t>PL-31/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Judriojo ryšio paslaugos</t>
   </si>
   <si>
     <t>64212000-5 Viešojo judriojo telefono ryšio paslaugos</t>
   </si>
   <si>
-    <t>PL-4/2025</t>
-[...2 lines deleted...]
-    <t>PL-5/2025</t>
+    <t>Agnė Adomaitė</t>
+  </si>
+  <si>
+    <t>I</t>
+  </si>
+  <si>
+    <t>DSS ir priešgaisrinės saugos kursai</t>
+  </si>
+  <si>
+    <t>Projekto Nr. 2023-1-LT02-ESC51-VTJ-000181189 konsultacinės paslaugos</t>
+  </si>
+  <si>
+    <t>2 MVP neskelb. apklausa, procedūra ŽODŽIU, sutartis RAŠTU</t>
+  </si>
+  <si>
+    <t>85312320-8 Konsultacinės paslaugos</t>
+  </si>
+  <si>
+    <t>Projekto Nr. 2023-1-LT02-ESC51-VTJ-000181189 tutoriaus konsultacinės paslaugos</t>
+  </si>
+  <si>
+    <t>SIM kortelė (Projektas Nr.2023-1-LT02-ESC51-VTJ-000181189)</t>
+  </si>
+  <si>
+    <t>Ieva Vodeikienė</t>
+  </si>
+  <si>
+    <t>31712112-8 SIM kortelės</t>
+  </si>
+  <si>
+    <t>Vertimo raštu paslaugos projektui Nr. 2023-1-LT02-ESC51-VTJ-000181189</t>
+  </si>
+  <si>
+    <t>79530000-8 Vertimo raštu paslaugos</t>
+  </si>
+  <si>
+    <t>Namų apyvokai skirti tekstilės dirbiniai pagal projektą Nr. 2023-1-LT02-ESC51-VTJ-000181189</t>
+  </si>
+  <si>
+    <t>39510000-0 Namų apyvokai skirti tekstilės dirbiniai</t>
+  </si>
+  <si>
+    <t>Taip</t>
+  </si>
+  <si>
+    <t>Su renginiais susijusios paslaugos (scenos, apšvietimo, garso paslaugos)</t>
+  </si>
+  <si>
+    <t>II</t>
+  </si>
+  <si>
+    <t>Dokumentų tvarkymo paslaugos (Darbuotojų saugos ir sveikatos dokumentų rengimas)</t>
+  </si>
+  <si>
+    <t>72512000-7 Dokumentų tvarkymo paslaugos</t>
+  </si>
+  <si>
+    <t>Kultūrinių renginių organizavimo paslaugos (festivalis jaunimui)</t>
+  </si>
+  <si>
+    <t>79952100-3 Kultūrinių renginių organizavimo paslaugos</t>
+  </si>
+  <si>
+    <t>Projekto "Sveikas požiūris" veiklos:"Puppy" jogos užsiėmimai Gargžduose</t>
+  </si>
+  <si>
+    <t>98334000-3 Sveikatingumo paslaugos</t>
+  </si>
+  <si>
+    <t>Trofėjai ("TAUTIŠKA 2025")</t>
+  </si>
+  <si>
+    <t>39298700-4 Trofėjai</t>
+  </si>
+  <si>
+    <t>Kalbos kursai (Savanorystės projektas Nr. 2023-1-LT02-ESC51-VTJ-000181189)</t>
+  </si>
+  <si>
+    <t>80580000-3 Kalbų kursai</t>
+  </si>
+  <si>
+    <t>Apsaugos priemonės</t>
+  </si>
+  <si>
+    <t>18143000-3 Apsaugos priemonės</t>
+  </si>
+  <si>
+    <t>Fotografijos paslaugos ("TAUTIŠKA 2025")</t>
+  </si>
+  <si>
+    <t>79961000-8 Fotografijos paslaugos</t>
   </si>
   <si>
     <t>Geriamasis vanduo</t>
   </si>
   <si>
     <t>41110000-3 Geriamasis vanduo</t>
   </si>
   <si>
-    <t>PL-6/2025</t>
+    <t>Su renginiais susijusios paslaugos ("TAUTIŠKA" renginio vedimas)</t>
+  </si>
+  <si>
+    <t>Prizų ir atributikos įsigijimas ("TAUTIŠKA 2025")</t>
+  </si>
+  <si>
+    <t>18512200-3 Medaliai</t>
+  </si>
+  <si>
+    <t>Automobilių plovimo ir panašios paslaugos</t>
+  </si>
+  <si>
+    <t>50112300-6 Automobilių plovimo ir panašios paslaugos</t>
+  </si>
+  <si>
+    <t>4 MVP skelbiamos apklausos būdu, sutartis RAŠTU</t>
+  </si>
+  <si>
+    <t>III;IV</t>
+  </si>
+  <si>
+    <t>Sistemos įdiegimas ir plėtojimas (SenjorasGO)</t>
+  </si>
+  <si>
+    <t>48810000-9 Informacijos sistemos</t>
+  </si>
+  <si>
+    <t>Projekto "Sveikas požiūris" veiklų viešinimas</t>
+  </si>
+  <si>
+    <t>79341000-6 Reklamos paslaugos</t>
+  </si>
+  <si>
+    <t>Sveikatingumo paslaugos (Nusikalstamumo prevencijos užtikrinimo programa)</t>
+  </si>
+  <si>
+    <t>Su renginiais susijusios paslaugos (Rugsėjo 1-sios renginys)</t>
+  </si>
+  <si>
+    <t>II;III</t>
   </si>
   <si>
     <t>Mobilieji telefonai</t>
   </si>
   <si>
     <t>32250000-0 Mobilieji telefonai</t>
   </si>
   <si>
-    <t>PL-7/2025</t>
+    <t>Keleivinių automobilių nuoma su vairuotoju (stovykla Estijoje)</t>
+  </si>
+  <si>
+    <t>60171000-7 Keleivinių automobilių nuoma su vairuotoju</t>
+  </si>
+  <si>
+    <t>Muzikos grupių paslaugos (grupės pasirodymas stovykloje)</t>
+  </si>
+  <si>
+    <t>92312120-8 Dainininkų grupių pramoginės paslaugos</t>
+  </si>
+  <si>
+    <t>Apgyvendinimo ir maitinimo paslaugos stovyklai</t>
+  </si>
+  <si>
+    <t>55200000-2 Stovyklavietės ir kitas apgyvendinimas ne viešbučiuose</t>
+  </si>
+  <si>
+    <t>Įvairios maisto prekės stovyklai</t>
+  </si>
+  <si>
+    <t>Įvairios raštinės prekės ir marškinėliai stovyklai</t>
+  </si>
+  <si>
+    <t>30192000-1 Biuro reikmenys</t>
+  </si>
+  <si>
+    <t>Mokymo bei edukacinės priemonės stovyklai</t>
+  </si>
+  <si>
+    <t>39162100-6 Mokymo priemonės</t>
+  </si>
+  <si>
+    <t>Straipsnio apie psichoaktyvias medžiagas publikavimas spaudoje</t>
+  </si>
+  <si>
+    <t>Dviračio remontas</t>
+  </si>
+  <si>
+    <t>50116000-1 Priežiūros ir remonto paslaugos, susijusios su specifinėmis transporto priemonių dalimis</t>
+  </si>
+  <si>
+    <t>Praktinės motyvacinės stažuotės SUP vaikams</t>
+  </si>
+  <si>
+    <t>92000000-1 Poilsio, kultūros ir sporto paslaugos</t>
   </si>
   <si>
     <t>Transporto remontas</t>
   </si>
   <si>
     <t>50112100-4 Automobilių remonto paslaugos</t>
   </si>
   <si>
-    <t>PL-8/2025</t>
+    <t>Apgyvendinimo ir maitinimo paslaugos ("Vienu ritmu")</t>
+  </si>
+  <si>
+    <t>55100000-1 Viešbučių paslaugos</t>
+  </si>
+  <si>
+    <t>Maitinimo paslaugos ("Vienu ritmu")</t>
+  </si>
+  <si>
+    <t>55520000-1 Pagaminto valgio tiekimo paslaugos</t>
+  </si>
+  <si>
+    <t>Socialinio komunikacinio projekto "Berūko" vaizdo medžiagos kūrimas</t>
+  </si>
+  <si>
+    <t>Turto draudimas</t>
+  </si>
+  <si>
+    <t>66510000-8 Draudimo paslaugos</t>
+  </si>
+  <si>
+    <t>Keramikos dirbiniai</t>
+  </si>
+  <si>
+    <t>44111300-4 Keramikos dirbiniai</t>
+  </si>
+  <si>
+    <t>Psichoaktyvių medžiagų prevencinės diskusijos</t>
+  </si>
+  <si>
+    <t>80522000-9 Mokomieji seminarai</t>
+  </si>
+  <si>
+    <t>Padangos</t>
+  </si>
+  <si>
+    <t>34351100-3 Automobilių padangos</t>
+  </si>
+  <si>
+    <t>Apgyvendinimo paslaugos</t>
+  </si>
+  <si>
+    <t>98341000-5 Apgyvendinimo paslaugos</t>
+  </si>
+  <si>
+    <t>Kavos aparato remontas</t>
+  </si>
+  <si>
+    <t>50000000-5 Remonto ir priežiūros paslaugos</t>
   </si>
   <si>
     <t>Automobilio nuoma</t>
   </si>
   <si>
-    <t>2 MVP neskelb. apklausa, procedūra ŽODŽIU, sutartis RAŠTU</t>
-[...1 lines deleted...]
-  <si>
     <t>60000000-8 Transporto paslaugos (išskyrus atliekų išvežimo transportą)</t>
   </si>
   <si>
-    <t>PL-9/2025</t>
-[...23 lines deleted...]
-    <t>VP-1</t>
+    <t>Dekoracijos helovino renginiui</t>
+  </si>
+  <si>
+    <t>39298900-6 Įvairūs dekoratyviniai daiktai</t>
+  </si>
+  <si>
+    <t>Svetainės talpinimas</t>
+  </si>
+  <si>
+    <t>72415000-2 Visuotinio žiniatinklio (WWW) tinklaviečių pagrindinių operacinių kompiuterių paslaugos</t>
+  </si>
+  <si>
+    <t>Inventoriaus nuoma</t>
+  </si>
+  <si>
+    <t>98390000-3 Kitos paslaugos</t>
+  </si>
+  <si>
+    <t>Nelaimingų atsitikimų draudimo paslaugos darbuotojams</t>
+  </si>
+  <si>
+    <t>66512100-3 Draudimo nuo nelaimingų atsitikimų paslaugos</t>
+  </si>
+  <si>
+    <t>Stebėjimo kamerų aptarnavimas</t>
+  </si>
+  <si>
+    <t>50343000-1 Vaizdo įrangos remonto ir priežiūros paslaugos</t>
+  </si>
+  <si>
+    <t>Kompiuterių aptarnavimas</t>
+  </si>
+  <si>
+    <t>50312000-5 Kompiuterių įrangos priežiūra ir remontas</t>
+  </si>
+  <si>
+    <t>Grindų klojimo ir dengimo darbai</t>
+  </si>
+  <si>
+    <t>45432100-5 Grindų klojimo ir dengimo darbai</t>
+  </si>
+  <si>
+    <t>Darbai</t>
+  </si>
+  <si>
+    <t>Apšvietimo montavimo darbai</t>
+  </si>
+  <si>
+    <t>45316000-5 Apšvietimo ir signalizacijos sistemų montavimo darbai</t>
+  </si>
+  <si>
+    <t>Kabinetų remonto darbai</t>
+  </si>
+  <si>
+    <t>45400000-1 Pastato užbaigimo darbai</t>
+  </si>
+  <si>
+    <t>Rašomasis stalas</t>
+  </si>
+  <si>
+    <t>39121100-7 Rašomieji stalai</t>
+  </si>
+  <si>
+    <t>Įvairios sporto prekės ir kiti reikmenys</t>
+  </si>
+  <si>
+    <t>37400000-2 Sporto prekės ir reikmenys</t>
+  </si>
+  <si>
+    <t>Mokymai</t>
+  </si>
+  <si>
+    <t>Auksinės lemputės 2025 - maitinimo paslaugos</t>
+  </si>
+  <si>
+    <t>55300000-3 Restoranų ir maisto tiekimo paslaugos</t>
+  </si>
+  <si>
+    <t>Auksinės lemputės 2025 - apdovanojimai</t>
+  </si>
+  <si>
+    <t>Auksinės lemputės 2025 - meninės paslaugos</t>
+  </si>
+  <si>
+    <t>92312000-1 Meninės paslaugos</t>
+  </si>
+  <si>
+    <t>Svečių maitinimo paslaugos</t>
+  </si>
+  <si>
+    <t>Dekoratyviniai patalpų objektai</t>
+  </si>
+  <si>
+    <t>39200000-4 Dekoratyviniai patalpų objektai</t>
+  </si>
+  <si>
+    <t>Supervizija</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Eil. Nr. </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
+  <si>
+    <t>Poreikio Nr.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Pirkimo pavadinimas </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Bendrojo viešųjų pirkimų žodyno kodas </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>*</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> (nurodomas vienas pagrindinis kodas)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Pirkimo objektas (prekės, paslaugos ar darbai) </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
+  <si>
+    <t>Papildomi BVPŽ kodai</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Iniciatorius </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
+  <si>
+    <t>Pirkimo vertė be PVM *</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">PVM tarifas </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
+  <si>
+    <t>Numatomas kiekis ar apimtis</t>
+  </si>
+  <si>
+    <t>Mato vnt.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Pirkimo pradžia (ketvirtis) </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
+  <si>
+    <t>Pirkimo inicijavimo data</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Pirkimo būdas </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
+  <si>
+    <t>DPS pirkimai (Taip; Ne)</t>
+  </si>
+  <si>
+    <t>Pirkimo vykdytojas</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Ketinamos sudaryti sutarties trukmė (mėn) </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Per CPO katalogą </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>*</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> (Taip; Ne)</t>
+    </r>
+  </si>
+  <si>
+    <t>Nepirkimo iš CPO katalogo priežastys</t>
+  </si>
+  <si>
+    <t>Nepirkimo iš CPO katalogo pastaba</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Per CVP IS </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>*</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> (Taip; Ne)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Taikomi aplinkosauginiai reikalavimai </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>*</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> (Taip; Ne)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Rezervuotas pirkimas </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>*</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> (Taip; Ne)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Organizacija </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Padalinys </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
+  <si>
+    <t>Skyrius</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Metai </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Planinis (Taip; Ne) </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
+  <si>
+    <t>Pasiūlymo vertinimas</t>
+  </si>
+  <si>
+    <t>Biudžeto eilutės savininkas</t>
+  </si>
+  <si>
+    <t>Projekto savininkas / koordinatorius</t>
+  </si>
+  <si>
+    <t>Projekto savininko padalinys</t>
+  </si>
+  <si>
+    <t>Projekto savininko skyrius</t>
+  </si>
+  <si>
+    <t>Projektas (kodas)</t>
+  </si>
+  <si>
+    <t>Sudaryti sutartį iki</t>
+  </si>
+  <si>
+    <t>Suinteresuotieji tiekėjai (Taip; Ne)</t>
+  </si>
+  <si>
+    <t>Sutartis pradedama vykdyti</t>
+  </si>
+  <si>
+    <t>Sutarties vykdymo metu taikoma kainodara</t>
+  </si>
+  <si>
+    <t>Finansavimo šaltinio kodas</t>
+  </si>
+  <si>
+    <t>Investicinis kodas</t>
+  </si>
+  <si>
+    <t>Finansinininkas, atsakingas už nurodyta fin. Šaltinį</t>
+  </si>
+  <si>
+    <t>Sutarties tipas (Vienkartinė; Daugkartinė)</t>
+  </si>
+  <si>
+    <t>Faktinis iniciatorius</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Centralizuotas / Decentralizuotas (Centralizuotas, Decentralizuotas, Centralizuotas perduodant į SCPO, Nenurodyta) </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="186"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
+  <si>
+    <t>Vadovaujamasis įstatymas</t>
+  </si>
+  <si>
+    <t>Klaipėdos rajono Gargždų atviro jaunimo centras</t>
+  </si>
+  <si>
+    <t>centras</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ne </t>
+  </si>
+  <si>
+    <t>Decentralizuotas</t>
+  </si>
+  <si>
+    <t>VPĮ</t>
+  </si>
+  <si>
+    <t>Biuro baldai</t>
+  </si>
+  <si>
+    <t>39130000-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="3" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FFFFFFFF"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="186"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="186"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="186"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="186"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="186"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF333333"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="186"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="186"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF7A7A7A"/>
+        <fgColor theme="8"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFDFDFDF"/>
+        <fgColor theme="6" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="1">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="12">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
     <cellStyle name="Įprastas" xfId="0" builtinId="0"/>
+    <cellStyle name="Paryškinimas 5" xfId="1" builtinId="45"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -781,2024 +1512,5666 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:S36"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AACD3F6C-E44E-4C3F-B2A3-1CF21F6801C1}">
+  <dimension ref="A1:AS92"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="R6" sqref="R6"/>
+    <sheetView tabSelected="1" topLeftCell="A73" workbookViewId="0">
+      <selection activeCell="C11" sqref="C11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="10.6640625" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="19" max="19" width="11.44140625" customWidth="1"/>
+    <col min="3" max="3" width="49.77734375" customWidth="1"/>
+    <col min="4" max="4" width="10.109375" customWidth="1"/>
+    <col min="5" max="5" width="10.44140625" customWidth="1"/>
+    <col min="6" max="6" width="8.88671875" customWidth="1"/>
+    <col min="7" max="7" width="16.109375" customWidth="1"/>
+    <col min="8" max="13" width="8.88671875" customWidth="1"/>
+    <col min="14" max="14" width="55.21875" customWidth="1"/>
+    <col min="15" max="23" width="8.88671875" customWidth="1"/>
+    <col min="24" max="24" width="43.109375" customWidth="1"/>
+    <col min="25" max="27" width="8.88671875" customWidth="1"/>
+    <col min="44" max="44" width="15.5546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="O2" t="s">
+    <row r="1" spans="1:45" s="7" customFormat="1" ht="129.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="C1" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="E1" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="F1" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="H1" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="N1" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="O1" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="P1" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="Q1" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="R1" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="S1" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="T1" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="U1" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="V1" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="W1" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="X1" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="Y1" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="Z1" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="AA1" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="AB1" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="AC1" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="AD1" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="AE1" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="AF1" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="AG1" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="AH1" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="AI1" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="AJ1" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="AK1" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="AL1" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="AM1" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="AN1" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="AO1" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="AP1" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="AQ1" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="AR1" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="AS1" s="1" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="2" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A2" s="8">
         <v>1</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <v>2</v>
+      <c r="C2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D2" t="s">
+        <v>3</v>
+      </c>
+      <c r="E2" t="s">
+        <v>4</v>
+      </c>
+      <c r="G2" t="s">
+        <v>55</v>
+      </c>
+      <c r="H2">
+        <v>1494.29</v>
+      </c>
+      <c r="I2">
+        <v>21</v>
+      </c>
+      <c r="L2" t="s">
+        <v>5</v>
+      </c>
+      <c r="N2" t="s">
+        <v>2</v>
+      </c>
+      <c r="Q2">
+        <v>36</v>
+      </c>
+      <c r="R2" t="s">
+        <v>0</v>
+      </c>
+      <c r="U2" t="s">
+        <v>0</v>
+      </c>
+      <c r="V2" t="s">
+        <v>61</v>
+      </c>
+      <c r="W2" t="s">
+        <v>0</v>
+      </c>
+      <c r="X2" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA2">
+        <v>2025</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR2" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS2" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="3" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A3" s="8">
+        <v>2</v>
+      </c>
+      <c r="C3" t="s">
+        <v>6</v>
+      </c>
+      <c r="D3" t="s">
+        <v>7</v>
+      </c>
+      <c r="E3" t="s">
+        <v>8</v>
+      </c>
+      <c r="G3" t="s">
+        <v>55</v>
+      </c>
+      <c r="H3">
+        <v>7200</v>
+      </c>
+      <c r="I3">
+        <v>0</v>
+      </c>
+      <c r="L3" t="s">
+        <v>5</v>
+      </c>
+      <c r="N3" t="s">
+        <v>2</v>
+      </c>
+      <c r="Q3">
+        <v>12</v>
       </c>
       <c r="R3" t="s">
+        <v>0</v>
+      </c>
+      <c r="U3" t="s">
+        <v>0</v>
+      </c>
+      <c r="V3" t="s">
+        <v>61</v>
+      </c>
+      <c r="W3" t="s">
+        <v>0</v>
+      </c>
+      <c r="X3" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA3">
+        <v>2025</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR3" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS3" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="4" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A4" s="8">
+        <v>3</v>
+      </c>
+      <c r="C4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" t="s">
+        <v>8</v>
+      </c>
+      <c r="G4" t="s">
+        <v>55</v>
+      </c>
+      <c r="H4">
+        <v>98.35</v>
+      </c>
+      <c r="I4">
+        <v>0</v>
+      </c>
+      <c r="L4" t="s">
+        <v>5</v>
+      </c>
+      <c r="N4" t="s">
+        <v>2</v>
+      </c>
+      <c r="R4" t="s">
+        <v>0</v>
+      </c>
+      <c r="U4" t="s">
+        <v>0</v>
+      </c>
+      <c r="V4" t="s">
+        <v>61</v>
+      </c>
+      <c r="W4" t="s">
+        <v>0</v>
+      </c>
+      <c r="X4" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA4">
+        <v>2025</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR4" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS4" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="5" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A5" s="8">
+        <v>4</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>4</v>
+      </c>
+      <c r="G5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H5">
+        <v>247.93</v>
+      </c>
+      <c r="I5">
+        <v>21</v>
+      </c>
+      <c r="L5" t="s">
+        <v>5</v>
+      </c>
+      <c r="N5" t="s">
+        <v>2</v>
+      </c>
+      <c r="Q5">
+        <v>36</v>
+      </c>
+      <c r="R5" t="s">
+        <v>0</v>
+      </c>
+      <c r="U5" t="s">
+        <v>0</v>
+      </c>
+      <c r="V5" t="s">
+        <v>61</v>
+      </c>
+      <c r="W5" t="s">
+        <v>0</v>
+      </c>
+      <c r="X5" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA5">
+        <v>2025</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR5" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS5" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="6" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A6" s="8">
+        <v>5</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" t="s">
+        <v>8</v>
+      </c>
+      <c r="G6" t="s">
+        <v>55</v>
+      </c>
+      <c r="H6">
+        <v>380.19</v>
+      </c>
+      <c r="I6">
+        <v>21</v>
+      </c>
+      <c r="L6" t="s">
+        <v>5</v>
+      </c>
+      <c r="N6" t="s">
+        <v>2</v>
+      </c>
+      <c r="R6" t="s">
+        <v>0</v>
+      </c>
+      <c r="U6" t="s">
+        <v>0</v>
+      </c>
+      <c r="V6" t="s">
+        <v>61</v>
+      </c>
+      <c r="W6" t="s">
+        <v>0</v>
+      </c>
+      <c r="X6" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA6">
+        <v>2025</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR6" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS6" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="7" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A7" s="8">
+        <v>6</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" t="s">
+        <v>8</v>
+      </c>
+      <c r="G7" t="s">
+        <v>55</v>
+      </c>
+      <c r="H7">
+        <v>2400</v>
+      </c>
+      <c r="I7">
+        <v>21</v>
+      </c>
+      <c r="L7" t="s">
+        <v>5</v>
+      </c>
+      <c r="N7" t="s">
+        <v>2</v>
+      </c>
+      <c r="Q7">
+        <v>12</v>
+      </c>
+      <c r="R7" t="s">
+        <v>0</v>
+      </c>
+      <c r="U7" t="s">
+        <v>0</v>
+      </c>
+      <c r="V7" t="s">
+        <v>61</v>
+      </c>
+      <c r="W7" t="s">
+        <v>0</v>
+      </c>
+      <c r="X7" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA7">
+        <v>2025</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR7" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS7" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="8" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A8" s="8">
+        <v>7</v>
+      </c>
+      <c r="C8" t="s">
+        <v>17</v>
+      </c>
+      <c r="D8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" t="s">
+        <v>8</v>
+      </c>
+      <c r="G8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H8">
+        <v>74.88</v>
+      </c>
+      <c r="I8">
+        <v>21</v>
+      </c>
+      <c r="L8" t="s">
+        <v>5</v>
+      </c>
+      <c r="N8" t="s">
+        <v>2</v>
+      </c>
+      <c r="R8" t="s">
+        <v>0</v>
+      </c>
+      <c r="U8" t="s">
+        <v>0</v>
+      </c>
+      <c r="V8" t="s">
+        <v>61</v>
+      </c>
+      <c r="W8" t="s">
+        <v>0</v>
+      </c>
+      <c r="X8" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA8">
+        <v>2025</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR8" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS8" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="9" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A9" s="8">
+        <v>8</v>
+      </c>
+      <c r="C9" t="s">
+        <v>19</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>4</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H9">
+        <v>155.93</v>
+      </c>
+      <c r="I9">
+        <v>21</v>
+      </c>
+      <c r="L9" t="s">
+        <v>5</v>
+      </c>
+      <c r="N9" t="s">
+        <v>2</v>
+      </c>
+      <c r="R9" t="s">
+        <v>0</v>
+      </c>
+      <c r="U9" t="s">
+        <v>0</v>
+      </c>
+      <c r="V9" t="s">
+        <v>61</v>
+      </c>
+      <c r="W9" t="s">
+        <v>0</v>
+      </c>
+      <c r="X9" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA9">
+        <v>2025</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR9" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS9" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="10" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A10" s="8">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D10" t="s">
+        <v>22</v>
+      </c>
+      <c r="E10" t="s">
+        <v>4</v>
+      </c>
+      <c r="G10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H10">
+        <v>108.35</v>
+      </c>
+      <c r="I10">
+        <v>21</v>
+      </c>
+      <c r="L10" t="s">
+        <v>23</v>
+      </c>
+      <c r="N10" t="s">
+        <v>2</v>
+      </c>
+      <c r="Q10">
+        <v>12</v>
+      </c>
+      <c r="R10" t="s">
+        <v>0</v>
+      </c>
+      <c r="U10" t="s">
+        <v>0</v>
+      </c>
+      <c r="V10" t="s">
+        <v>61</v>
+      </c>
+      <c r="W10" t="s">
+        <v>0</v>
+      </c>
+      <c r="X10" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA10">
+        <v>2025</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR10" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS10" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="11" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A11" s="8">
+        <v>10</v>
+      </c>
+      <c r="C11" t="s">
+        <v>24</v>
+      </c>
+      <c r="D11" t="s">
+        <v>25</v>
+      </c>
+      <c r="E11" t="s">
+        <v>8</v>
+      </c>
+      <c r="G11" t="s">
+        <v>55</v>
+      </c>
+      <c r="H11">
+        <v>2921.12</v>
+      </c>
+      <c r="I11">
+        <v>21</v>
+      </c>
+      <c r="L11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>2</v>
+      </c>
+      <c r="R11" t="s">
+        <v>0</v>
+      </c>
+      <c r="U11" t="s">
+        <v>0</v>
+      </c>
+      <c r="V11" t="s">
+        <v>61</v>
+      </c>
+      <c r="W11" t="s">
+        <v>0</v>
+      </c>
+      <c r="X11" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA11">
+        <v>2025</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR11" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS11" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="12" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A12" s="8">
+        <v>11</v>
+      </c>
+      <c r="C12" t="s">
+        <v>27</v>
+      </c>
+      <c r="D12" t="s">
+        <v>28</v>
+      </c>
+      <c r="E12" t="s">
+        <v>4</v>
+      </c>
+      <c r="G12" t="s">
+        <v>55</v>
+      </c>
+      <c r="H12">
+        <v>687.48</v>
+      </c>
+      <c r="I12">
+        <v>21</v>
+      </c>
+      <c r="L12" t="s">
+        <v>5</v>
+      </c>
+      <c r="N12" t="s">
+        <v>2</v>
+      </c>
+      <c r="Q12">
+        <v>36</v>
+      </c>
+      <c r="R12" t="s">
+        <v>0</v>
+      </c>
+      <c r="U12" t="s">
+        <v>0</v>
+      </c>
+      <c r="V12" t="s">
+        <v>61</v>
+      </c>
+      <c r="W12" t="s">
+        <v>0</v>
+      </c>
+      <c r="X12" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA12">
+        <v>2025</v>
+      </c>
+      <c r="AB12" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR12" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS12" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="13" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A13" s="8">
+        <v>12</v>
+      </c>
+      <c r="C13" t="s">
+        <v>29</v>
+      </c>
+      <c r="D13" t="s">
+        <v>30</v>
+      </c>
+      <c r="E13" t="s">
+        <v>8</v>
+      </c>
+      <c r="G13" t="s">
+        <v>55</v>
+      </c>
+      <c r="H13">
+        <v>765</v>
+      </c>
+      <c r="I13">
+        <v>21</v>
+      </c>
+      <c r="L13" t="s">
+        <v>5</v>
+      </c>
+      <c r="N13" t="s">
+        <v>2</v>
+      </c>
+      <c r="R13" t="s">
+        <v>0</v>
+      </c>
+      <c r="U13" t="s">
+        <v>0</v>
+      </c>
+      <c r="V13" t="s">
+        <v>61</v>
+      </c>
+      <c r="W13" t="s">
+        <v>0</v>
+      </c>
+      <c r="X13" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA13">
+        <v>2025</v>
+      </c>
+      <c r="AB13" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR13" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS13" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="14" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A14" s="8">
+        <v>13</v>
+      </c>
+      <c r="C14" t="s">
+        <v>31</v>
+      </c>
+      <c r="D14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" t="s">
+        <v>4</v>
+      </c>
+      <c r="G14" t="s">
+        <v>55</v>
+      </c>
+      <c r="H14">
+        <v>661.16</v>
+      </c>
+      <c r="I14">
+        <v>21</v>
+      </c>
+      <c r="L14" t="s">
+        <v>5</v>
+      </c>
+      <c r="N14" t="s">
+        <v>2</v>
+      </c>
+      <c r="Q14">
+        <v>36</v>
+      </c>
+      <c r="R14" t="s">
+        <v>0</v>
+      </c>
+      <c r="U14" t="s">
+        <v>0</v>
+      </c>
+      <c r="V14" t="s">
+        <v>61</v>
+      </c>
+      <c r="W14" t="s">
+        <v>0</v>
+      </c>
+      <c r="X14" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y14" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA14">
+        <v>2025</v>
+      </c>
+      <c r="AB14" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR14" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS14" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="15" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A15" s="8">
+        <v>14</v>
+      </c>
+      <c r="C15" t="s">
+        <v>33</v>
+      </c>
+      <c r="D15" t="s">
+        <v>34</v>
+      </c>
+      <c r="E15" t="s">
+        <v>4</v>
+      </c>
+      <c r="G15" t="s">
+        <v>55</v>
+      </c>
+      <c r="H15">
+        <v>413.23</v>
+      </c>
+      <c r="I15">
+        <v>21</v>
+      </c>
+      <c r="L15" t="s">
+        <v>5</v>
+      </c>
+      <c r="N15" t="s">
+        <v>2</v>
+      </c>
+      <c r="Q15">
+        <v>36</v>
+      </c>
+      <c r="R15" t="s">
+        <v>0</v>
+      </c>
+      <c r="U15" t="s">
+        <v>0</v>
+      </c>
+      <c r="V15" t="s">
+        <v>61</v>
+      </c>
+      <c r="W15" t="s">
+        <v>0</v>
+      </c>
+      <c r="X15" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y15" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA15">
+        <v>2025</v>
+      </c>
+      <c r="AB15" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR15" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS15" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="16" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A16" s="8">
+        <v>15</v>
+      </c>
+      <c r="C16" t="s">
+        <v>35</v>
+      </c>
+      <c r="D16" t="s">
+        <v>36</v>
+      </c>
+      <c r="E16" t="s">
+        <v>4</v>
+      </c>
+      <c r="G16" t="s">
+        <v>55</v>
+      </c>
+      <c r="H16">
+        <v>41.32</v>
+      </c>
+      <c r="I16">
+        <v>21</v>
+      </c>
+      <c r="L16" t="s">
+        <v>5</v>
+      </c>
+      <c r="N16" t="s">
+        <v>2</v>
+      </c>
+      <c r="R16" t="s">
+        <v>0</v>
+      </c>
+      <c r="U16" t="s">
+        <v>0</v>
+      </c>
+      <c r="V16" t="s">
+        <v>61</v>
+      </c>
+      <c r="W16" t="s">
+        <v>0</v>
+      </c>
+      <c r="X16" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y16" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA16">
+        <v>2025</v>
+      </c>
+      <c r="AB16" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR16" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS16" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="17" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A17" s="8">
+        <v>16</v>
+      </c>
+      <c r="C17" t="s">
+        <v>37</v>
+      </c>
+      <c r="D17" t="s">
+        <v>38</v>
+      </c>
+      <c r="E17" t="s">
+        <v>4</v>
+      </c>
+      <c r="G17" t="s">
+        <v>55</v>
+      </c>
+      <c r="H17">
+        <v>961.98</v>
+      </c>
+      <c r="I17">
+        <v>21</v>
+      </c>
+      <c r="L17" t="s">
+        <v>5</v>
+      </c>
+      <c r="N17" t="s">
+        <v>2</v>
+      </c>
+      <c r="Q17">
+        <v>12</v>
+      </c>
+      <c r="R17" t="s">
+        <v>0</v>
+      </c>
+      <c r="U17" t="s">
+        <v>0</v>
+      </c>
+      <c r="V17" t="s">
+        <v>61</v>
+      </c>
+      <c r="W17" t="s">
+        <v>0</v>
+      </c>
+      <c r="X17" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y17" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA17">
+        <v>2025</v>
+      </c>
+      <c r="AB17" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR17" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS17" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="18" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A18" s="8">
+        <v>17</v>
+      </c>
+      <c r="C18" t="s">
+        <v>39</v>
+      </c>
+      <c r="D18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E18" t="s">
+        <v>4</v>
+      </c>
+      <c r="G18" t="s">
+        <v>55</v>
+      </c>
+      <c r="H18">
+        <v>97.52</v>
+      </c>
+      <c r="I18">
+        <v>21</v>
+      </c>
+      <c r="L18" t="s">
+        <v>5</v>
+      </c>
+      <c r="N18" t="s">
+        <v>2</v>
+      </c>
+      <c r="R18" t="s">
+        <v>0</v>
+      </c>
+      <c r="U18" t="s">
+        <v>0</v>
+      </c>
+      <c r="V18" t="s">
+        <v>61</v>
+      </c>
+      <c r="W18" t="s">
+        <v>0</v>
+      </c>
+      <c r="X18" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y18" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA18">
+        <v>2025</v>
+      </c>
+      <c r="AB18" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR18" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS18" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="19" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A19" s="8">
+        <v>18</v>
+      </c>
+      <c r="C19" t="s">
+        <v>41</v>
+      </c>
+      <c r="D19" t="s">
+        <v>42</v>
+      </c>
+      <c r="E19" t="s">
+        <v>8</v>
+      </c>
+      <c r="G19" t="s">
+        <v>55</v>
+      </c>
+      <c r="H19">
+        <v>19.52</v>
+      </c>
+      <c r="I19">
+        <v>0</v>
+      </c>
+      <c r="L19" t="s">
+        <v>5</v>
+      </c>
+      <c r="N19" t="s">
+        <v>2</v>
+      </c>
+      <c r="Q19">
+        <v>12</v>
+      </c>
+      <c r="R19" t="s">
+        <v>0</v>
+      </c>
+      <c r="U19" t="s">
+        <v>0</v>
+      </c>
+      <c r="V19" t="s">
+        <v>61</v>
+      </c>
+      <c r="W19" t="s">
+        <v>0</v>
+      </c>
+      <c r="X19" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y19" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA19">
+        <v>2025</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR19" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS19" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="20" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A20" s="8">
+        <v>19</v>
+      </c>
+      <c r="C20" t="s">
+        <v>43</v>
+      </c>
+      <c r="D20" t="s">
+        <v>44</v>
+      </c>
+      <c r="E20" t="s">
+        <v>8</v>
+      </c>
+      <c r="G20" t="s">
+        <v>55</v>
+      </c>
+      <c r="H20">
+        <v>72</v>
+      </c>
+      <c r="I20">
+        <v>21</v>
+      </c>
+      <c r="L20" t="s">
+        <v>5</v>
+      </c>
+      <c r="N20" t="s">
+        <v>2</v>
+      </c>
+      <c r="Q20">
+        <v>12</v>
+      </c>
+      <c r="R20" t="s">
+        <v>0</v>
+      </c>
+      <c r="U20" t="s">
+        <v>0</v>
+      </c>
+      <c r="V20" t="s">
+        <v>61</v>
+      </c>
+      <c r="W20" t="s">
+        <v>0</v>
+      </c>
+      <c r="X20" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y20" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA20">
+        <v>2025</v>
+      </c>
+      <c r="AB20" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR20" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS20" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="21" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A21" s="8">
+        <v>20</v>
+      </c>
+      <c r="C21" t="s">
+        <v>45</v>
+      </c>
+      <c r="D21" t="s">
+        <v>46</v>
+      </c>
+      <c r="E21" t="s">
+        <v>8</v>
+      </c>
+      <c r="G21" t="s">
+        <v>55</v>
+      </c>
+      <c r="H21">
+        <v>287.31</v>
+      </c>
+      <c r="I21">
+        <v>21</v>
+      </c>
+      <c r="L21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>2</v>
+      </c>
+      <c r="Q21">
+        <v>24</v>
+      </c>
+      <c r="R21" t="s">
+        <v>0</v>
+      </c>
+      <c r="U21" t="s">
+        <v>0</v>
+      </c>
+      <c r="V21" t="s">
+        <v>61</v>
+      </c>
+      <c r="W21" t="s">
+        <v>0</v>
+      </c>
+      <c r="X21" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y21" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA21">
+        <v>2025</v>
+      </c>
+      <c r="AB21" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR21" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS21" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="22" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A22" s="8">
+        <v>21</v>
+      </c>
+      <c r="C22" t="s">
+        <v>49</v>
+      </c>
+      <c r="D22" t="s">
+        <v>10</v>
+      </c>
+      <c r="E22" t="s">
+        <v>8</v>
+      </c>
+      <c r="G22" t="s">
+        <v>55</v>
+      </c>
+      <c r="H22">
+        <v>370</v>
+      </c>
+      <c r="I22">
+        <v>21</v>
+      </c>
+      <c r="L22" t="s">
+        <v>48</v>
+      </c>
+      <c r="N22" t="s">
+        <v>2</v>
+      </c>
+      <c r="R22" t="s">
+        <v>0</v>
+      </c>
+      <c r="U22" t="s">
+        <v>0</v>
+      </c>
+      <c r="V22" t="s">
+        <v>61</v>
+      </c>
+      <c r="W22" t="s">
+        <v>0</v>
+      </c>
+      <c r="X22" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y22" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA22">
+        <v>2025</v>
+      </c>
+      <c r="AB22" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR22" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS22" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="23" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A23" s="8">
+        <v>22</v>
+      </c>
+      <c r="C23" t="s">
+        <v>50</v>
+      </c>
+      <c r="D23" t="s">
+        <v>52</v>
+      </c>
+      <c r="E23" t="s">
+        <v>8</v>
+      </c>
+      <c r="G23" t="s">
+        <v>47</v>
+      </c>
+      <c r="H23">
+        <v>480</v>
+      </c>
+      <c r="I23">
+        <v>0</v>
+      </c>
+      <c r="L23" t="s">
+        <v>48</v>
+      </c>
+      <c r="N23" t="s">
+        <v>51</v>
+      </c>
+      <c r="R23" t="s">
+        <v>0</v>
+      </c>
+      <c r="U23" t="s">
+        <v>0</v>
+      </c>
+      <c r="V23" t="s">
+        <v>61</v>
+      </c>
+      <c r="W23" t="s">
+        <v>0</v>
+      </c>
+      <c r="X23" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y23" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA23">
+        <v>2025</v>
+      </c>
+      <c r="AB23" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR23" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS23" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="24" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A24" s="8">
+        <v>23</v>
+      </c>
+      <c r="C24" t="s">
+        <v>53</v>
+      </c>
+      <c r="D24" t="s">
+        <v>52</v>
+      </c>
+      <c r="E24" t="s">
+        <v>8</v>
+      </c>
+      <c r="G24" t="s">
+        <v>47</v>
+      </c>
+      <c r="H24">
+        <v>480</v>
+      </c>
+      <c r="I24">
+        <v>0</v>
+      </c>
+      <c r="L24" t="s">
+        <v>48</v>
+      </c>
+      <c r="N24" t="s">
+        <v>51</v>
+      </c>
+      <c r="R24" t="s">
+        <v>0</v>
+      </c>
+      <c r="U24" t="s">
+        <v>0</v>
+      </c>
+      <c r="V24" t="s">
+        <v>61</v>
+      </c>
+      <c r="W24" t="s">
+        <v>0</v>
+      </c>
+      <c r="X24" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y24" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA24">
+        <v>2025</v>
+      </c>
+      <c r="AB24" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR24" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS24" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="25" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A25" s="8">
+        <v>24</v>
+      </c>
+      <c r="C25" t="s">
+        <v>54</v>
+      </c>
+      <c r="D25" t="s">
+        <v>56</v>
+      </c>
+      <c r="E25" t="s">
+        <v>4</v>
+      </c>
+      <c r="G25" t="s">
+        <v>55</v>
+      </c>
+      <c r="H25">
+        <v>3.3</v>
+      </c>
+      <c r="I25">
+        <v>21</v>
+      </c>
+      <c r="L25" t="s">
+        <v>63</v>
+      </c>
+      <c r="N25" t="s">
+        <v>2</v>
+      </c>
+      <c r="R25" t="s">
+        <v>0</v>
+      </c>
+      <c r="U25" t="s">
+        <v>0</v>
+      </c>
+      <c r="V25" t="s">
+        <v>61</v>
+      </c>
+      <c r="W25" t="s">
+        <v>0</v>
+      </c>
+      <c r="X25" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y25" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA25">
+        <v>2025</v>
+      </c>
+      <c r="AB25" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR25" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS25" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="26" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A26" s="8">
+        <v>25</v>
+      </c>
+      <c r="C26" t="s">
+        <v>57</v>
+      </c>
+      <c r="D26" t="s">
+        <v>58</v>
+      </c>
+      <c r="E26" t="s">
+        <v>8</v>
+      </c>
+      <c r="G26" t="s">
+        <v>55</v>
+      </c>
+      <c r="H26">
+        <v>168</v>
+      </c>
+      <c r="I26">
+        <v>0</v>
+      </c>
+      <c r="L26" t="s">
+        <v>48</v>
+      </c>
+      <c r="N26" t="s">
+        <v>2</v>
+      </c>
+      <c r="R26" t="s">
+        <v>0</v>
+      </c>
+      <c r="U26" t="s">
+        <v>0</v>
+      </c>
+      <c r="V26" t="s">
+        <v>61</v>
+      </c>
+      <c r="W26" t="s">
+        <v>0</v>
+      </c>
+      <c r="X26" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y26" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA26">
+        <v>2025</v>
+      </c>
+      <c r="AB26" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR26" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS26" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="27" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A27" s="8">
+        <v>26</v>
+      </c>
+      <c r="C27" t="s">
+        <v>59</v>
+      </c>
+      <c r="D27" t="s">
+        <v>60</v>
+      </c>
+      <c r="E27" t="s">
+        <v>4</v>
+      </c>
+      <c r="G27" t="s">
+        <v>55</v>
+      </c>
+      <c r="H27">
+        <v>87.83</v>
+      </c>
+      <c r="I27">
+        <v>21</v>
+      </c>
+      <c r="L27" t="s">
+        <v>48</v>
+      </c>
+      <c r="N27" t="s">
+        <v>2</v>
+      </c>
+      <c r="R27" t="s">
+        <v>0</v>
+      </c>
+      <c r="U27" t="s">
+        <v>0</v>
+      </c>
+      <c r="V27" t="s">
+        <v>61</v>
+      </c>
+      <c r="W27" t="s">
+        <v>0</v>
+      </c>
+      <c r="X27" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y27" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA27">
+        <v>2025</v>
+      </c>
+      <c r="AB27" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR27" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS27" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="28" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A28" s="8">
+        <v>27</v>
+      </c>
+      <c r="C28" t="s">
+        <v>62</v>
+      </c>
+      <c r="D28" t="s">
+        <v>25</v>
+      </c>
+      <c r="E28" t="s">
+        <v>8</v>
+      </c>
+      <c r="G28" t="s">
+        <v>55</v>
+      </c>
+      <c r="H28">
+        <v>5558</v>
+      </c>
+      <c r="I28">
+        <v>21</v>
+      </c>
+      <c r="L28" t="s">
+        <v>63</v>
+      </c>
+      <c r="N28" t="s">
+        <v>51</v>
+      </c>
+      <c r="R28" t="s">
+        <v>0</v>
+      </c>
+      <c r="U28" t="s">
+        <v>0</v>
+      </c>
+      <c r="V28" t="s">
+        <v>61</v>
+      </c>
+      <c r="W28" t="s">
+        <v>0</v>
+      </c>
+      <c r="X28" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y28" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA28">
+        <v>2025</v>
+      </c>
+      <c r="AB28" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR28" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS28" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="29" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A29" s="8">
+        <v>28</v>
+      </c>
+      <c r="C29" t="s">
+        <v>64</v>
+      </c>
+      <c r="D29" t="s">
+        <v>65</v>
+      </c>
+      <c r="E29" t="s">
+        <v>8</v>
+      </c>
+      <c r="G29" t="s">
+        <v>55</v>
+      </c>
+      <c r="H29">
+        <v>75</v>
+      </c>
+      <c r="I29">
+        <v>21</v>
+      </c>
+      <c r="L29" t="s">
+        <v>63</v>
+      </c>
+      <c r="N29" t="s">
+        <v>2</v>
+      </c>
+      <c r="R29" t="s">
+        <v>0</v>
+      </c>
+      <c r="U29" t="s">
+        <v>0</v>
+      </c>
+      <c r="V29" t="s">
+        <v>61</v>
+      </c>
+      <c r="W29" t="s">
+        <v>0</v>
+      </c>
+      <c r="X29" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y29" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA29">
+        <v>2025</v>
+      </c>
+      <c r="AB29" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR29" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS29" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="30" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A30" s="8">
+        <v>29</v>
+      </c>
+      <c r="C30" t="s">
+        <v>66</v>
+      </c>
+      <c r="D30" t="s">
+        <v>67</v>
+      </c>
+      <c r="E30" t="s">
+        <v>8</v>
+      </c>
+      <c r="G30" t="s">
+        <v>55</v>
+      </c>
+      <c r="H30">
+        <v>10970</v>
+      </c>
+      <c r="I30">
+        <v>21</v>
+      </c>
+      <c r="L30" t="s">
+        <v>63</v>
+      </c>
+      <c r="N30" t="s">
+        <v>51</v>
+      </c>
+      <c r="R30" t="s">
+        <v>0</v>
+      </c>
+      <c r="U30" t="s">
+        <v>0</v>
+      </c>
+      <c r="V30" t="s">
+        <v>61</v>
+      </c>
+      <c r="W30" t="s">
+        <v>0</v>
+      </c>
+      <c r="X30" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y30" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA30">
+        <v>2025</v>
+      </c>
+      <c r="AB30" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR30" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS30" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="31" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A31" s="8">
+        <v>30</v>
+      </c>
+      <c r="C31" t="s">
+        <v>68</v>
+      </c>
+      <c r="D31" t="s">
+        <v>69</v>
+      </c>
+      <c r="E31" t="s">
+        <v>8</v>
+      </c>
+      <c r="G31" t="s">
+        <v>55</v>
+      </c>
+      <c r="H31">
+        <v>720</v>
+      </c>
+      <c r="I31">
+        <v>0</v>
+      </c>
+      <c r="L31" t="s">
+        <v>63</v>
+      </c>
+      <c r="N31" t="s">
+        <v>2</v>
+      </c>
+      <c r="R31" t="s">
+        <v>0</v>
+      </c>
+      <c r="U31" t="s">
+        <v>0</v>
+      </c>
+      <c r="V31" t="s">
+        <v>61</v>
+      </c>
+      <c r="W31" t="s">
+        <v>0</v>
+      </c>
+      <c r="X31" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y31" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA31">
+        <v>2025</v>
+      </c>
+      <c r="AB31" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR31" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS31" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="32" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A32" s="8">
+        <v>31</v>
+      </c>
+      <c r="C32" t="s">
+        <v>70</v>
+      </c>
+      <c r="D32" t="s">
+        <v>71</v>
+      </c>
+      <c r="E32" t="s">
+        <v>4</v>
+      </c>
+      <c r="G32" t="s">
+        <v>55</v>
+      </c>
+      <c r="H32">
+        <v>139.66999999999999</v>
+      </c>
+      <c r="I32">
+        <v>21</v>
+      </c>
+      <c r="L32" t="s">
+        <v>63</v>
+      </c>
+      <c r="N32" t="s">
+        <v>2</v>
+      </c>
+      <c r="R32" t="s">
+        <v>0</v>
+      </c>
+      <c r="U32" t="s">
+        <v>0</v>
+      </c>
+      <c r="V32" t="s">
+        <v>61</v>
+      </c>
+      <c r="W32" t="s">
+        <v>0</v>
+      </c>
+      <c r="X32" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y32" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA32">
+        <v>2025</v>
+      </c>
+      <c r="AB32" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR32" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS32" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="33" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A33" s="8">
+        <v>32</v>
+      </c>
+      <c r="C33" t="s">
+        <v>72</v>
+      </c>
+      <c r="D33" t="s">
+        <v>73</v>
+      </c>
+      <c r="E33" t="s">
+        <v>8</v>
+      </c>
+      <c r="G33" t="s">
+        <v>55</v>
+      </c>
+      <c r="H33">
+        <v>150</v>
+      </c>
+      <c r="I33">
+        <v>0</v>
+      </c>
+      <c r="L33" t="s">
+        <v>63</v>
+      </c>
+      <c r="N33" t="s">
+        <v>2</v>
+      </c>
+      <c r="R33" t="s">
+        <v>0</v>
+      </c>
+      <c r="U33" t="s">
+        <v>0</v>
+      </c>
+      <c r="V33" t="s">
+        <v>61</v>
+      </c>
+      <c r="W33" t="s">
+        <v>0</v>
+      </c>
+      <c r="X33" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y33" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA33">
+        <v>2025</v>
+      </c>
+      <c r="AB33" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR33" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS33" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="34" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A34" s="8">
+        <v>33</v>
+      </c>
+      <c r="C34" t="s">
+        <v>74</v>
+      </c>
+      <c r="D34" t="s">
+        <v>75</v>
+      </c>
+      <c r="E34" t="s">
+        <v>4</v>
+      </c>
+      <c r="G34" t="s">
+        <v>55</v>
+      </c>
+      <c r="H34">
+        <v>35.42</v>
+      </c>
+      <c r="I34">
+        <v>21</v>
+      </c>
+      <c r="L34" t="s">
+        <v>63</v>
+      </c>
+      <c r="N34" t="s">
+        <v>2</v>
+      </c>
+      <c r="R34" t="s">
+        <v>0</v>
+      </c>
+      <c r="U34" t="s">
+        <v>0</v>
+      </c>
+      <c r="V34" t="s">
+        <v>61</v>
+      </c>
+      <c r="W34" t="s">
+        <v>0</v>
+      </c>
+      <c r="X34" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y34" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA34">
+        <v>2025</v>
+      </c>
+      <c r="AB34" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR34" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS34" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="35" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A35" s="8">
+        <v>34</v>
+      </c>
+      <c r="C35" t="s">
+        <v>59</v>
+      </c>
+      <c r="D35" t="s">
+        <v>60</v>
+      </c>
+      <c r="E35" t="s">
+        <v>4</v>
+      </c>
+      <c r="G35" t="s">
+        <v>55</v>
+      </c>
+      <c r="H35">
+        <v>32.83</v>
+      </c>
+      <c r="I35">
+        <v>21</v>
+      </c>
+      <c r="L35" t="s">
+        <v>63</v>
+      </c>
+      <c r="N35" t="s">
+        <v>2</v>
+      </c>
+      <c r="R35" t="s">
+        <v>0</v>
+      </c>
+      <c r="U35" t="s">
+        <v>0</v>
+      </c>
+      <c r="V35" t="s">
+        <v>61</v>
+      </c>
+      <c r="W35" t="s">
+        <v>0</v>
+      </c>
+      <c r="X35" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y35" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA35">
+        <v>2025</v>
+      </c>
+      <c r="AB35" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR35" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS35" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="36" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A36" s="8">
+        <v>35</v>
+      </c>
+      <c r="C36" t="s">
+        <v>64</v>
+      </c>
+      <c r="D36" t="s">
+        <v>65</v>
+      </c>
+      <c r="E36" t="s">
+        <v>8</v>
+      </c>
+      <c r="G36" t="s">
+        <v>55</v>
+      </c>
+      <c r="H36">
+        <v>250</v>
+      </c>
+      <c r="I36">
+        <v>21</v>
+      </c>
+      <c r="L36" t="s">
+        <v>63</v>
+      </c>
+      <c r="N36" t="s">
+        <v>2</v>
+      </c>
+      <c r="R36" t="s">
+        <v>0</v>
+      </c>
+      <c r="U36" t="s">
+        <v>0</v>
+      </c>
+      <c r="V36" t="s">
+        <v>61</v>
+      </c>
+      <c r="W36" t="s">
+        <v>0</v>
+      </c>
+      <c r="X36" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y36" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA36">
+        <v>2025</v>
+      </c>
+      <c r="AB36" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR36" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS36" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="37" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A37" s="8">
+        <v>36</v>
+      </c>
+      <c r="C37" t="s">
+        <v>76</v>
+      </c>
+      <c r="D37" t="s">
+        <v>77</v>
+      </c>
+      <c r="E37" t="s">
+        <v>8</v>
+      </c>
+      <c r="G37" t="s">
+        <v>55</v>
+      </c>
+      <c r="H37">
+        <v>100</v>
+      </c>
+      <c r="I37">
+        <v>0</v>
+      </c>
+      <c r="L37" t="s">
+        <v>63</v>
+      </c>
+      <c r="N37" t="s">
+        <v>2</v>
+      </c>
+      <c r="R37" t="s">
+        <v>0</v>
+      </c>
+      <c r="U37" t="s">
+        <v>0</v>
+      </c>
+      <c r="V37" t="s">
+        <v>61</v>
+      </c>
+      <c r="W37" t="s">
+        <v>0</v>
+      </c>
+      <c r="X37" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y37" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA37">
+        <v>2025</v>
+      </c>
+      <c r="AB37" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR37" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS37" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="38" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A38" s="8">
+        <v>37</v>
+      </c>
+      <c r="C38" t="s">
+        <v>78</v>
+      </c>
+      <c r="D38" t="s">
+        <v>79</v>
+      </c>
+      <c r="E38" t="s">
+        <v>4</v>
+      </c>
+      <c r="G38" t="s">
+        <v>55</v>
+      </c>
+      <c r="H38">
+        <v>423.2</v>
+      </c>
+      <c r="I38">
+        <v>21</v>
+      </c>
+      <c r="L38" t="s">
+        <v>5</v>
+      </c>
+      <c r="N38" t="s">
+        <v>2</v>
+      </c>
+      <c r="Q38">
+        <v>36</v>
+      </c>
+      <c r="R38" t="s">
+        <v>0</v>
+      </c>
+      <c r="U38" t="s">
+        <v>0</v>
+      </c>
+      <c r="V38" t="s">
+        <v>61</v>
+      </c>
+      <c r="W38" t="s">
+        <v>0</v>
+      </c>
+      <c r="X38" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y38" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA38">
+        <v>2025</v>
+      </c>
+      <c r="AB38" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR38" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS38" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="39" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A39" s="8">
+        <v>38</v>
+      </c>
+      <c r="C39" t="s">
+        <v>80</v>
+      </c>
+      <c r="D39" t="s">
+        <v>25</v>
+      </c>
+      <c r="E39" t="s">
+        <v>8</v>
+      </c>
+      <c r="G39" t="s">
+        <v>55</v>
+      </c>
+      <c r="H39">
+        <v>247.93</v>
+      </c>
+      <c r="I39">
+        <v>21</v>
+      </c>
+      <c r="L39" t="s">
+        <v>63</v>
+      </c>
+      <c r="N39" t="s">
+        <v>2</v>
+      </c>
+      <c r="R39" t="s">
+        <v>0</v>
+      </c>
+      <c r="U39" t="s">
+        <v>0</v>
+      </c>
+      <c r="V39" t="s">
+        <v>61</v>
+      </c>
+      <c r="W39" t="s">
+        <v>0</v>
+      </c>
+      <c r="X39" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y39" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA39">
+        <v>2025</v>
+      </c>
+      <c r="AB39" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR39" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS39" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="40" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A40" s="8">
+        <v>39</v>
+      </c>
+      <c r="C40" t="s">
+        <v>81</v>
+      </c>
+      <c r="D40" t="s">
+        <v>82</v>
+      </c>
+      <c r="E40" t="s">
+        <v>4</v>
+      </c>
+      <c r="G40" t="s">
+        <v>55</v>
+      </c>
+      <c r="H40">
+        <v>356.2</v>
+      </c>
+      <c r="I40">
+        <v>21</v>
+      </c>
+      <c r="L40" t="s">
+        <v>63</v>
+      </c>
+      <c r="N40" t="s">
+        <v>2</v>
+      </c>
+      <c r="R40" t="s">
+        <v>0</v>
+      </c>
+      <c r="U40" t="s">
+        <v>0</v>
+      </c>
+      <c r="V40" t="s">
+        <v>61</v>
+      </c>
+      <c r="W40" t="s">
+        <v>0</v>
+      </c>
+      <c r="X40" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y40" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA40">
+        <v>2025</v>
+      </c>
+      <c r="AB40" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR40" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS40" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="41" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A41" s="8">
+        <v>40</v>
+      </c>
+      <c r="C41" t="s">
+        <v>83</v>
+      </c>
+      <c r="D41" t="s">
+        <v>84</v>
+      </c>
+      <c r="E41" t="s">
+        <v>8</v>
+      </c>
+      <c r="G41" t="s">
+        <v>55</v>
+      </c>
+      <c r="H41">
+        <v>55</v>
+      </c>
+      <c r="I41">
+        <v>21</v>
+      </c>
+      <c r="L41" t="s">
+        <v>63</v>
+      </c>
+      <c r="N41" t="s">
+        <v>2</v>
+      </c>
+      <c r="R41" t="s">
+        <v>0</v>
+      </c>
+      <c r="U41" t="s">
+        <v>0</v>
+      </c>
+      <c r="V41" t="s">
+        <v>61</v>
+      </c>
+      <c r="W41" t="s">
+        <v>0</v>
+      </c>
+      <c r="X41" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y41" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA41">
+        <v>2025</v>
+      </c>
+      <c r="AB41" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR41" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS41" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="42" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A42" s="8">
+        <v>41</v>
+      </c>
+      <c r="C42" t="s">
+        <v>87</v>
+      </c>
+      <c r="D42" t="s">
+        <v>88</v>
+      </c>
+      <c r="E42" t="s">
+        <v>4</v>
+      </c>
+      <c r="G42" t="s">
+        <v>55</v>
+      </c>
+      <c r="H42">
+        <v>400</v>
+      </c>
+      <c r="I42">
+        <v>21</v>
+      </c>
+      <c r="L42" t="s">
+        <v>63</v>
+      </c>
+      <c r="N42" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q42">
+        <v>12</v>
+      </c>
+      <c r="R42" t="s">
+        <v>0</v>
+      </c>
+      <c r="U42" t="s">
+        <v>0</v>
+      </c>
+      <c r="V42" t="s">
+        <v>61</v>
+      </c>
+      <c r="W42" t="s">
+        <v>0</v>
+      </c>
+      <c r="X42" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y42" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA42">
+        <v>2025</v>
+      </c>
+      <c r="AB42" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR42" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS42" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="43" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A43" s="8">
+        <v>42</v>
+      </c>
+      <c r="C43" t="s">
+        <v>89</v>
+      </c>
+      <c r="D43" t="s">
+        <v>90</v>
+      </c>
+      <c r="E43" t="s">
+        <v>8</v>
+      </c>
+      <c r="G43" t="s">
+        <v>55</v>
+      </c>
+      <c r="H43">
+        <v>80.010000000000005</v>
+      </c>
+      <c r="I43">
+        <v>21</v>
+      </c>
+      <c r="L43" t="s">
+        <v>63</v>
+      </c>
+      <c r="N43" t="s">
+        <v>2</v>
+      </c>
+      <c r="R43" t="s">
+        <v>0</v>
+      </c>
+      <c r="U43" t="s">
+        <v>0</v>
+      </c>
+      <c r="V43" t="s">
+        <v>61</v>
+      </c>
+      <c r="W43" t="s">
+        <v>0</v>
+      </c>
+      <c r="X43" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y43" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA43">
+        <v>2025</v>
+      </c>
+      <c r="AB43" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR43" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS43" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="44" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A44" s="8">
+        <v>43</v>
+      </c>
+      <c r="C44" t="s">
+        <v>91</v>
+      </c>
+      <c r="D44" t="s">
+        <v>69</v>
+      </c>
+      <c r="E44" t="s">
+        <v>8</v>
+      </c>
+      <c r="G44" t="s">
+        <v>55</v>
+      </c>
+      <c r="H44">
+        <v>375</v>
+      </c>
+      <c r="I44">
+        <v>0</v>
+      </c>
+      <c r="L44" t="s">
+        <v>63</v>
+      </c>
+      <c r="N44" t="s">
+        <v>2</v>
+      </c>
+      <c r="R44" t="s">
+        <v>0</v>
+      </c>
+      <c r="U44" t="s">
+        <v>0</v>
+      </c>
+      <c r="V44" t="s">
+        <v>61</v>
+      </c>
+      <c r="W44" t="s">
+        <v>0</v>
+      </c>
+      <c r="X44" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y44" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA44">
+        <v>2025</v>
+      </c>
+      <c r="AB44" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR44" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS44" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="45" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A45" s="8">
+        <v>44</v>
+      </c>
+      <c r="C45" t="s">
+        <v>92</v>
+      </c>
+      <c r="D45" t="s">
+        <v>25</v>
+      </c>
+      <c r="E45" t="s">
+        <v>8</v>
+      </c>
+      <c r="G45" t="s">
+        <v>55</v>
+      </c>
+      <c r="H45">
+        <v>3500</v>
+      </c>
+      <c r="I45">
+        <v>21</v>
+      </c>
+      <c r="L45" t="s">
+        <v>93</v>
+      </c>
+      <c r="N45" t="s">
+        <v>51</v>
+      </c>
+      <c r="R45" t="s">
+        <v>0</v>
+      </c>
+      <c r="U45" t="s">
+        <v>0</v>
+      </c>
+      <c r="V45" t="s">
+        <v>61</v>
+      </c>
+      <c r="W45" t="s">
+        <v>0</v>
+      </c>
+      <c r="X45" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y45" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA45">
+        <v>2025</v>
+      </c>
+      <c r="AB45" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR45" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS45" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="46" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A46" s="8">
+        <v>45</v>
+      </c>
+      <c r="C46" t="s">
+        <v>91</v>
+      </c>
+      <c r="D46" t="s">
+        <v>69</v>
+      </c>
+      <c r="E46" t="s">
+        <v>8</v>
+      </c>
+      <c r="G46" t="s">
+        <v>55</v>
+      </c>
+      <c r="H46">
+        <v>450</v>
+      </c>
+      <c r="I46">
+        <v>0</v>
+      </c>
+      <c r="L46" t="s">
+        <v>63</v>
+      </c>
+      <c r="N46" t="s">
+        <v>2</v>
+      </c>
+      <c r="R46" t="s">
+        <v>0</v>
+      </c>
+      <c r="U46" t="s">
+        <v>0</v>
+      </c>
+      <c r="V46" t="s">
+        <v>61</v>
+      </c>
+      <c r="W46" t="s">
+        <v>0</v>
+      </c>
+      <c r="X46" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y46" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA46">
+        <v>2025</v>
+      </c>
+      <c r="AB46" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR46" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS46" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="47" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A47" s="8">
+        <v>46</v>
+      </c>
+      <c r="C47" t="s">
+        <v>91</v>
+      </c>
+      <c r="D47" t="s">
+        <v>69</v>
+      </c>
+      <c r="E47" t="s">
+        <v>8</v>
+      </c>
+      <c r="G47" t="s">
+        <v>55</v>
+      </c>
+      <c r="H47">
+        <v>200</v>
+      </c>
+      <c r="I47">
+        <v>0</v>
+      </c>
+      <c r="L47" t="s">
+        <v>26</v>
+      </c>
+      <c r="N47" t="s">
+        <v>2</v>
+      </c>
+      <c r="R47" t="s">
+        <v>0</v>
+      </c>
+      <c r="U47" t="s">
+        <v>0</v>
+      </c>
+      <c r="V47" t="s">
+        <v>61</v>
+      </c>
+      <c r="W47" t="s">
+        <v>0</v>
+      </c>
+      <c r="X47" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y47" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA47">
+        <v>2025</v>
+      </c>
+      <c r="AB47" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR47" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS47" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="48" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A48" s="8">
+        <v>47</v>
+      </c>
+      <c r="C48" t="s">
+        <v>94</v>
+      </c>
+      <c r="D48" t="s">
+        <v>95</v>
+      </c>
+      <c r="E48" t="s">
+        <v>4</v>
+      </c>
+      <c r="G48" t="s">
+        <v>55</v>
+      </c>
+      <c r="H48">
+        <v>766.94</v>
+      </c>
+      <c r="I48">
+        <v>21</v>
+      </c>
+      <c r="L48" t="s">
+        <v>5</v>
+      </c>
+      <c r="N48" t="s">
+        <v>2</v>
+      </c>
+      <c r="R48" t="s">
+        <v>0</v>
+      </c>
+      <c r="U48" t="s">
+        <v>0</v>
+      </c>
+      <c r="V48" t="s">
+        <v>61</v>
+      </c>
+      <c r="W48" t="s">
+        <v>0</v>
+      </c>
+      <c r="X48" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y48" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA48">
+        <v>2025</v>
+      </c>
+      <c r="AB48" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR48" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS48" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="49" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A49" s="8">
+        <v>48</v>
+      </c>
+      <c r="C49" t="s">
+        <v>91</v>
+      </c>
+      <c r="D49" t="s">
+        <v>69</v>
+      </c>
+      <c r="E49" t="s">
+        <v>8</v>
+      </c>
+      <c r="G49" t="s">
+        <v>55</v>
+      </c>
+      <c r="H49">
+        <v>400</v>
+      </c>
+      <c r="I49">
+        <v>21</v>
+      </c>
+      <c r="L49" t="s">
+        <v>26</v>
+      </c>
+      <c r="N49" t="s">
+        <v>2</v>
+      </c>
+      <c r="R49" t="s">
+        <v>0</v>
+      </c>
+      <c r="U49" t="s">
+        <v>0</v>
+      </c>
+      <c r="V49" t="s">
+        <v>61</v>
+      </c>
+      <c r="W49" t="s">
+        <v>0</v>
+      </c>
+      <c r="X49" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y49" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA49">
+        <v>2025</v>
+      </c>
+      <c r="AB49" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR49" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS49" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="50" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A50" s="8">
+        <v>49</v>
+      </c>
+      <c r="C50" t="s">
+        <v>96</v>
+      </c>
+      <c r="D50" t="s">
+        <v>97</v>
+      </c>
+      <c r="E50" t="s">
+        <v>8</v>
+      </c>
+      <c r="G50" t="s">
+        <v>47</v>
+      </c>
+      <c r="H50">
+        <v>1600</v>
+      </c>
+      <c r="I50">
+        <v>0</v>
+      </c>
+      <c r="L50" t="s">
+        <v>26</v>
+      </c>
+      <c r="N50" t="s">
+        <v>51</v>
+      </c>
+      <c r="R50" t="s">
+        <v>0</v>
+      </c>
+      <c r="U50" t="s">
+        <v>0</v>
+      </c>
+      <c r="V50" t="s">
+        <v>61</v>
+      </c>
+      <c r="W50" t="s">
+        <v>0</v>
+      </c>
+      <c r="X50" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y50" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA50">
+        <v>2025</v>
+      </c>
+      <c r="AB50" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR50" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS50" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="51" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A51" s="8">
+        <v>50</v>
+      </c>
+      <c r="C51" t="s">
+        <v>98</v>
+      </c>
+      <c r="D51" t="s">
+        <v>99</v>
+      </c>
+      <c r="E51" t="s">
+        <v>8</v>
+      </c>
+      <c r="G51" t="s">
+        <v>47</v>
+      </c>
+      <c r="H51">
+        <v>500</v>
+      </c>
+      <c r="I51">
+        <v>0</v>
+      </c>
+      <c r="L51" t="s">
+        <v>26</v>
+      </c>
+      <c r="N51" t="s">
+        <v>2</v>
+      </c>
+      <c r="R51" t="s">
+        <v>0</v>
+      </c>
+      <c r="U51" t="s">
+        <v>0</v>
+      </c>
+      <c r="V51" t="s">
+        <v>61</v>
+      </c>
+      <c r="W51" t="s">
+        <v>0</v>
+      </c>
+      <c r="X51" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y51" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA51">
+        <v>2025</v>
+      </c>
+      <c r="AB51" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR51" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS51" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="52" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A52" s="8">
+        <v>51</v>
+      </c>
+      <c r="C52" t="s">
+        <v>100</v>
+      </c>
+      <c r="D52" t="s">
+        <v>101</v>
+      </c>
+      <c r="E52" t="s">
+        <v>8</v>
+      </c>
+      <c r="G52" t="s">
+        <v>55</v>
+      </c>
+      <c r="H52">
+        <v>3120</v>
+      </c>
+      <c r="I52">
+        <v>21</v>
+      </c>
+      <c r="L52" t="s">
+        <v>26</v>
+      </c>
+      <c r="N52" t="s">
+        <v>51</v>
+      </c>
+      <c r="R52" t="s">
+        <v>0</v>
+      </c>
+      <c r="U52" t="s">
+        <v>0</v>
+      </c>
+      <c r="V52" t="s">
+        <v>61</v>
+      </c>
+      <c r="W52" t="s">
+        <v>0</v>
+      </c>
+      <c r="X52" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y52" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA52">
+        <v>2025</v>
+      </c>
+      <c r="AB52" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR52" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS52" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="53" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A53" s="8">
+        <v>52</v>
+      </c>
+      <c r="C53" t="s">
+        <v>102</v>
+      </c>
+      <c r="D53" t="s">
+        <v>28</v>
+      </c>
+      <c r="E53" t="s">
+        <v>4</v>
+      </c>
+      <c r="G53" t="s">
+        <v>47</v>
+      </c>
+      <c r="H53">
+        <v>375.06</v>
+      </c>
+      <c r="I53">
+        <v>21</v>
+      </c>
+      <c r="L53" t="s">
+        <v>26</v>
+      </c>
+      <c r="N53" t="s">
+        <v>2</v>
+      </c>
+      <c r="R53" t="s">
+        <v>0</v>
+      </c>
+      <c r="U53" t="s">
+        <v>0</v>
+      </c>
+      <c r="V53" t="s">
+        <v>61</v>
+      </c>
+      <c r="W53" t="s">
+        <v>0</v>
+      </c>
+      <c r="X53" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y53" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA53">
+        <v>2025</v>
+      </c>
+      <c r="AB53" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR53" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS53" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="54" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A54" s="8">
+        <v>53</v>
+      </c>
+      <c r="C54" t="s">
+        <v>103</v>
+      </c>
+      <c r="D54" t="s">
+        <v>104</v>
+      </c>
+      <c r="E54" t="s">
+        <v>4</v>
+      </c>
+      <c r="G54" t="s">
+        <v>47</v>
+      </c>
+      <c r="H54">
+        <v>591.85</v>
+      </c>
+      <c r="I54">
+        <v>21</v>
+      </c>
+      <c r="L54" t="s">
+        <v>26</v>
+      </c>
+      <c r="N54" t="s">
+        <v>2</v>
+      </c>
+      <c r="R54" t="s">
+        <v>0</v>
+      </c>
+      <c r="U54" t="s">
+        <v>0</v>
+      </c>
+      <c r="V54" t="s">
+        <v>61</v>
+      </c>
+      <c r="W54" t="s">
+        <v>0</v>
+      </c>
+      <c r="X54" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y54" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA54">
+        <v>2025</v>
+      </c>
+      <c r="AB54" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR54" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS54" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="55" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A55" s="8">
+        <v>54</v>
+      </c>
+      <c r="C55" t="s">
+        <v>105</v>
+      </c>
+      <c r="D55" t="s">
+        <v>106</v>
+      </c>
+      <c r="E55" t="s">
+        <v>4</v>
+      </c>
+      <c r="G55" t="s">
+        <v>47</v>
+      </c>
+      <c r="H55">
+        <v>6.6</v>
+      </c>
+      <c r="I55">
+        <v>21</v>
+      </c>
+      <c r="L55" t="s">
+        <v>26</v>
+      </c>
+      <c r="N55" t="s">
+        <v>2</v>
+      </c>
+      <c r="R55" t="s">
+        <v>0</v>
+      </c>
+      <c r="U55" t="s">
+        <v>0</v>
+      </c>
+      <c r="V55" t="s">
+        <v>61</v>
+      </c>
+      <c r="W55" t="s">
+        <v>0</v>
+      </c>
+      <c r="X55" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y55" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA55">
+        <v>2025</v>
+      </c>
+      <c r="AB55" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR55" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS55" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="56" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A56" s="8">
+        <v>55</v>
+      </c>
+      <c r="C56" t="s">
+        <v>107</v>
+      </c>
+      <c r="D56" t="s">
+        <v>90</v>
+      </c>
+      <c r="E56" t="s">
+        <v>8</v>
+      </c>
+      <c r="G56" t="s">
+        <v>47</v>
+      </c>
+      <c r="H56">
+        <v>206.61</v>
+      </c>
+      <c r="I56">
+        <v>21</v>
+      </c>
+      <c r="L56" t="s">
+        <v>26</v>
+      </c>
+      <c r="N56" t="s">
+        <v>2</v>
+      </c>
+      <c r="R56" t="s">
+        <v>0</v>
+      </c>
+      <c r="U56" t="s">
+        <v>0</v>
+      </c>
+      <c r="V56" t="s">
+        <v>61</v>
+      </c>
+      <c r="W56" t="s">
+        <v>0</v>
+      </c>
+      <c r="X56" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y56" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA56">
+        <v>2025</v>
+      </c>
+      <c r="AB56" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR56" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS56" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="57" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A57" s="8">
+        <v>56</v>
+      </c>
+      <c r="C57" t="s">
+        <v>108</v>
+      </c>
+      <c r="D57" t="s">
+        <v>109</v>
+      </c>
+      <c r="E57" t="s">
+        <v>8</v>
+      </c>
+      <c r="G57" t="s">
+        <v>47</v>
+      </c>
+      <c r="H57">
+        <v>90.91</v>
+      </c>
+      <c r="I57">
+        <v>21</v>
+      </c>
+      <c r="L57" t="s">
+        <v>26</v>
+      </c>
+      <c r="N57" t="s">
+        <v>2</v>
+      </c>
+      <c r="R57" t="s">
+        <v>0</v>
+      </c>
+      <c r="U57" t="s">
+        <v>0</v>
+      </c>
+      <c r="V57" t="s">
+        <v>61</v>
+      </c>
+      <c r="W57" t="s">
+        <v>0</v>
+      </c>
+      <c r="X57" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y57" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA57">
+        <v>2025</v>
+      </c>
+      <c r="AB57" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR57" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS57" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="58" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A58" s="8">
+        <v>57</v>
+      </c>
+      <c r="C58" t="s">
+        <v>110</v>
+      </c>
+      <c r="D58" t="s">
+        <v>111</v>
+      </c>
+      <c r="E58" t="s">
+        <v>8</v>
+      </c>
+      <c r="G58" t="s">
+        <v>55</v>
+      </c>
+      <c r="H58">
+        <v>5033.0600000000004</v>
+      </c>
+      <c r="I58">
+        <v>21</v>
+      </c>
+      <c r="L58" t="s">
+        <v>26</v>
+      </c>
+      <c r="N58" t="s">
+        <v>51</v>
+      </c>
+      <c r="R58" t="s">
+        <v>0</v>
+      </c>
+      <c r="U58" t="s">
+        <v>0</v>
+      </c>
+      <c r="V58" t="s">
+        <v>61</v>
+      </c>
+      <c r="W58" t="s">
+        <v>0</v>
+      </c>
+      <c r="X58" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y58" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA58">
+        <v>2025</v>
+      </c>
+      <c r="AB58" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR58" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS58" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="59" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A59" s="8">
+        <v>58</v>
+      </c>
+      <c r="C59" t="s">
+        <v>112</v>
+      </c>
+      <c r="D59" t="s">
+        <v>113</v>
+      </c>
+      <c r="E59" t="s">
+        <v>8</v>
+      </c>
+      <c r="G59" t="s">
+        <v>55</v>
+      </c>
+      <c r="H59">
+        <v>1093</v>
+      </c>
+      <c r="I59">
+        <v>21</v>
+      </c>
+      <c r="L59" t="s">
+        <v>5</v>
+      </c>
+      <c r="N59" t="s">
+        <v>2</v>
+      </c>
+      <c r="R59" t="s">
+        <v>0</v>
+      </c>
+      <c r="U59" t="s">
+        <v>0</v>
+      </c>
+      <c r="V59" t="s">
+        <v>61</v>
+      </c>
+      <c r="W59" t="s">
+        <v>0</v>
+      </c>
+      <c r="X59" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y59" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA59">
+        <v>2025</v>
+      </c>
+      <c r="AB59" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR59" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS59" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="60" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A60" s="8">
+        <v>59</v>
+      </c>
+      <c r="C60" t="s">
+        <v>114</v>
+      </c>
+      <c r="D60" t="s">
+        <v>115</v>
+      </c>
+      <c r="E60" t="s">
+        <v>8</v>
+      </c>
+      <c r="G60" t="s">
+        <v>55</v>
+      </c>
+      <c r="H60">
+        <v>289.26</v>
+      </c>
+      <c r="I60">
+        <v>21</v>
+      </c>
+      <c r="L60" t="s">
+        <v>26</v>
+      </c>
+      <c r="N60" t="s">
+        <v>2</v>
+      </c>
+      <c r="R60" t="s">
+        <v>0</v>
+      </c>
+      <c r="U60" t="s">
+        <v>0</v>
+      </c>
+      <c r="V60" t="s">
+        <v>61</v>
+      </c>
+      <c r="W60" t="s">
+        <v>0</v>
+      </c>
+      <c r="X60" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y60" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA60">
+        <v>2025</v>
+      </c>
+      <c r="AB60" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR60" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS60" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="61" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A61" s="8">
+        <v>60</v>
+      </c>
+      <c r="C61" t="s">
+        <v>116</v>
+      </c>
+      <c r="D61" t="s">
+        <v>117</v>
+      </c>
+      <c r="E61" t="s">
+        <v>8</v>
+      </c>
+      <c r="G61" t="s">
+        <v>55</v>
+      </c>
+      <c r="H61">
+        <v>289.26</v>
+      </c>
+      <c r="I61">
+        <v>21</v>
+      </c>
+      <c r="L61" t="s">
+        <v>26</v>
+      </c>
+      <c r="N61" t="s">
+        <v>2</v>
+      </c>
+      <c r="R61" t="s">
+        <v>0</v>
+      </c>
+      <c r="U61" t="s">
+        <v>0</v>
+      </c>
+      <c r="V61" t="s">
+        <v>61</v>
+      </c>
+      <c r="W61" t="s">
+        <v>0</v>
+      </c>
+      <c r="X61" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y61" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA61">
+        <v>2025</v>
+      </c>
+      <c r="AB61" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR61" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS61" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="62" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A62" s="8">
+        <v>61</v>
+      </c>
+      <c r="C62" t="s">
+        <v>118</v>
+      </c>
+      <c r="D62" t="s">
+        <v>90</v>
+      </c>
+      <c r="E62" t="s">
+        <v>8</v>
+      </c>
+      <c r="G62" t="s">
+        <v>55</v>
+      </c>
+      <c r="H62">
+        <v>6592.15</v>
+      </c>
+      <c r="I62">
+        <v>21</v>
+      </c>
+      <c r="L62" t="s">
+        <v>86</v>
+      </c>
+      <c r="N62" t="s">
+        <v>2</v>
+      </c>
+      <c r="R62" t="s">
+        <v>0</v>
+      </c>
+      <c r="U62" t="s">
+        <v>0</v>
+      </c>
+      <c r="V62" t="s">
+        <v>61</v>
+      </c>
+      <c r="W62" t="s">
+        <v>0</v>
+      </c>
+      <c r="X62" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y62" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA62">
+        <v>2025</v>
+      </c>
+      <c r="AB62" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR62" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS62" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="63" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A63" s="8">
+        <v>62</v>
+      </c>
+      <c r="C63" t="s">
+        <v>119</v>
+      </c>
+      <c r="D63" t="s">
+        <v>120</v>
+      </c>
+      <c r="E63" t="s">
+        <v>8</v>
+      </c>
+      <c r="G63" t="s">
+        <v>55</v>
+      </c>
+      <c r="H63">
+        <v>60</v>
+      </c>
+      <c r="I63">
+        <v>0</v>
+      </c>
+      <c r="L63" t="s">
+        <v>26</v>
+      </c>
+      <c r="N63" t="s">
+        <v>2</v>
+      </c>
+      <c r="Q63">
+        <v>12</v>
+      </c>
+      <c r="R63" t="s">
+        <v>0</v>
+      </c>
+      <c r="U63" t="s">
+        <v>0</v>
+      </c>
+      <c r="V63" t="s">
+        <v>61</v>
+      </c>
+      <c r="W63" t="s">
+        <v>0</v>
+      </c>
+      <c r="X63" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y63" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA63">
+        <v>2025</v>
+      </c>
+      <c r="AB63" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR63" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS63" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="64" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A64" s="8">
+        <v>63</v>
+      </c>
+      <c r="C64" t="s">
+        <v>121</v>
+      </c>
+      <c r="D64" t="s">
+        <v>122</v>
+      </c>
+      <c r="E64" t="s">
+        <v>4</v>
+      </c>
+      <c r="G64" t="s">
+        <v>55</v>
+      </c>
+      <c r="H64">
+        <v>108.4</v>
+      </c>
+      <c r="I64">
+        <v>21</v>
+      </c>
+      <c r="L64" t="s">
+        <v>23</v>
+      </c>
+      <c r="N64" t="s">
+        <v>2</v>
+      </c>
+      <c r="R64" t="s">
+        <v>0</v>
+      </c>
+      <c r="U64" t="s">
+        <v>0</v>
+      </c>
+      <c r="V64" t="s">
+        <v>61</v>
+      </c>
+      <c r="W64" t="s">
+        <v>0</v>
+      </c>
+      <c r="X64" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y64" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA64">
+        <v>2025</v>
+      </c>
+      <c r="AB64" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR64" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS64" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="65" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A65" s="8">
+        <v>64</v>
+      </c>
+      <c r="C65" t="s">
+        <v>123</v>
+      </c>
+      <c r="D65" t="s">
+        <v>124</v>
+      </c>
+      <c r="E65" t="s">
+        <v>8</v>
+      </c>
+      <c r="G65" t="s">
+        <v>55</v>
+      </c>
+      <c r="H65">
+        <v>3000</v>
+      </c>
+      <c r="I65">
+        <v>0</v>
+      </c>
+      <c r="L65" t="s">
+        <v>23</v>
+      </c>
+      <c r="N65" t="s">
+        <v>51</v>
+      </c>
+      <c r="R65" t="s">
+        <v>0</v>
+      </c>
+      <c r="U65" t="s">
+        <v>0</v>
+      </c>
+      <c r="V65" t="s">
+        <v>61</v>
+      </c>
+      <c r="W65" t="s">
+        <v>0</v>
+      </c>
+      <c r="X65" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y65" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA65">
+        <v>2025</v>
+      </c>
+      <c r="AB65" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR65" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS65" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="66" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A66" s="8">
+        <v>65</v>
+      </c>
+      <c r="C66" t="s">
+        <v>125</v>
+      </c>
+      <c r="D66" t="s">
+        <v>126</v>
+      </c>
+      <c r="E66" t="s">
+        <v>4</v>
+      </c>
+      <c r="G66" t="s">
+        <v>55</v>
+      </c>
+      <c r="H66">
+        <v>528.92999999999995</v>
+      </c>
+      <c r="I66">
+        <v>21</v>
+      </c>
+      <c r="L66" t="s">
+        <v>23</v>
+      </c>
+      <c r="N66" t="s">
+        <v>2</v>
+      </c>
+      <c r="R66" t="s">
+        <v>0</v>
+      </c>
+      <c r="U66" t="s">
+        <v>0</v>
+      </c>
+      <c r="V66" t="s">
+        <v>61</v>
+      </c>
+      <c r="W66" t="s">
+        <v>0</v>
+      </c>
+      <c r="X66" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y66" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA66">
+        <v>2025</v>
+      </c>
+      <c r="AB66" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR66" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS66" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="67" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A67" s="8">
+        <v>66</v>
+      </c>
+      <c r="C67" t="s">
+        <v>127</v>
+      </c>
+      <c r="D67" t="s">
+        <v>128</v>
+      </c>
+      <c r="E67" t="s">
+        <v>8</v>
+      </c>
+      <c r="G67" t="s">
+        <v>55</v>
+      </c>
+      <c r="H67">
+        <v>40</v>
+      </c>
+      <c r="I67">
+        <v>0</v>
+      </c>
+      <c r="L67" t="s">
+        <v>23</v>
+      </c>
+      <c r="N67" t="s">
+        <v>2</v>
+      </c>
+      <c r="R67" t="s">
+        <v>0</v>
+      </c>
+      <c r="U67" t="s">
+        <v>0</v>
+      </c>
+      <c r="V67" t="s">
+        <v>61</v>
+      </c>
+      <c r="W67" t="s">
+        <v>0</v>
+      </c>
+      <c r="X67" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y67" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA67">
+        <v>2025</v>
+      </c>
+      <c r="AB67" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR67" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS67" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="68" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A68" s="8">
+        <v>67</v>
+      </c>
+      <c r="C68" t="s">
+        <v>129</v>
+      </c>
+      <c r="D68" t="s">
         <v>130</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" s="1" t="s">
+      <c r="E68" t="s">
+        <v>8</v>
+      </c>
+      <c r="G68" t="s">
+        <v>55</v>
+      </c>
+      <c r="H68">
+        <v>50</v>
+      </c>
+      <c r="I68">
+        <v>0</v>
+      </c>
+      <c r="L68" t="s">
+        <v>23</v>
+      </c>
+      <c r="N68" t="s">
+        <v>2</v>
+      </c>
+      <c r="R68" t="s">
+        <v>0</v>
+      </c>
+      <c r="U68" t="s">
+        <v>0</v>
+      </c>
+      <c r="V68" t="s">
+        <v>61</v>
+      </c>
+      <c r="W68" t="s">
+        <v>0</v>
+      </c>
+      <c r="X68" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y68" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA68">
+        <v>2025</v>
+      </c>
+      <c r="AB68" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR68" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS68" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="69" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A69" s="8">
+        <v>68</v>
+      </c>
+      <c r="C69" t="s">
+        <v>127</v>
+      </c>
+      <c r="D69" t="s">
+        <v>128</v>
+      </c>
+      <c r="E69" t="s">
+        <v>8</v>
+      </c>
+      <c r="G69" t="s">
+        <v>55</v>
+      </c>
+      <c r="H69">
+        <v>40</v>
+      </c>
+      <c r="I69">
+        <v>0</v>
+      </c>
+      <c r="L69" t="s">
+        <v>23</v>
+      </c>
+      <c r="N69" t="s">
+        <v>2</v>
+      </c>
+      <c r="R69" t="s">
+        <v>0</v>
+      </c>
+      <c r="U69" t="s">
+        <v>0</v>
+      </c>
+      <c r="V69" t="s">
+        <v>61</v>
+      </c>
+      <c r="W69" t="s">
+        <v>0</v>
+      </c>
+      <c r="X69" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y69" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA69">
+        <v>2025</v>
+      </c>
+      <c r="AB69" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR69" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS69" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="70" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A70" s="8">
+        <v>69</v>
+      </c>
+      <c r="C70" t="s">
+        <v>131</v>
+      </c>
+      <c r="D70" t="s">
+        <v>132</v>
+      </c>
+      <c r="E70" t="s">
+        <v>8</v>
+      </c>
+      <c r="G70" t="s">
+        <v>55</v>
+      </c>
+      <c r="H70">
+        <v>3899.97</v>
+      </c>
+      <c r="I70">
+        <v>21</v>
+      </c>
+      <c r="L70" t="s">
+        <v>5</v>
+      </c>
+      <c r="N70" t="s">
+        <v>85</v>
+      </c>
+      <c r="Q70">
+        <v>12</v>
+      </c>
+      <c r="R70" t="s">
+        <v>0</v>
+      </c>
+      <c r="U70" t="s">
+        <v>61</v>
+      </c>
+      <c r="V70" t="s">
+        <v>61</v>
+      </c>
+      <c r="W70" t="s">
+        <v>0</v>
+      </c>
+      <c r="X70" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y70" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA70">
+        <v>2025</v>
+      </c>
+      <c r="AB70" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR70" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS70" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="71" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A71" s="8">
+        <v>70</v>
+      </c>
+      <c r="C71" t="s">
+        <v>133</v>
+      </c>
+      <c r="D71" t="s">
+        <v>134</v>
+      </c>
+      <c r="E71" t="s">
         <v>4</v>
       </c>
-      <c r="C4" s="1" t="s">
+      <c r="G71" t="s">
+        <v>55</v>
+      </c>
+      <c r="H71">
+        <v>80.48</v>
+      </c>
+      <c r="I71">
+        <v>21</v>
+      </c>
+      <c r="L71" t="s">
+        <v>23</v>
+      </c>
+      <c r="N71" t="s">
+        <v>2</v>
+      </c>
+      <c r="R71" t="s">
+        <v>0</v>
+      </c>
+      <c r="U71" t="s">
+        <v>0</v>
+      </c>
+      <c r="V71" t="s">
+        <v>61</v>
+      </c>
+      <c r="W71" t="s">
+        <v>0</v>
+      </c>
+      <c r="X71" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y71" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA71">
+        <v>2025</v>
+      </c>
+      <c r="AB71" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR71" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS71" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="72" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A72" s="8">
+        <v>71</v>
+      </c>
+      <c r="C72" t="s">
+        <v>135</v>
+      </c>
+      <c r="D72" t="s">
+        <v>136</v>
+      </c>
+      <c r="E72" t="s">
+        <v>8</v>
+      </c>
+      <c r="G72" t="s">
+        <v>55</v>
+      </c>
+      <c r="H72">
+        <v>71.88</v>
+      </c>
+      <c r="I72">
+        <v>21</v>
+      </c>
+      <c r="L72" t="s">
+        <v>23</v>
+      </c>
+      <c r="N72" t="s">
+        <v>2</v>
+      </c>
+      <c r="Q72">
+        <v>12</v>
+      </c>
+      <c r="R72" t="s">
+        <v>0</v>
+      </c>
+      <c r="U72" t="s">
+        <v>0</v>
+      </c>
+      <c r="V72" t="s">
+        <v>61</v>
+      </c>
+      <c r="W72" t="s">
+        <v>0</v>
+      </c>
+      <c r="X72" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y72" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA72">
+        <v>2025</v>
+      </c>
+      <c r="AB72" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR72" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS72" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="73" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A73" s="8">
+        <v>72</v>
+      </c>
+      <c r="C73" t="s">
+        <v>137</v>
+      </c>
+      <c r="D73" t="s">
+        <v>138</v>
+      </c>
+      <c r="E73" t="s">
+        <v>8</v>
+      </c>
+      <c r="G73" t="s">
+        <v>55</v>
+      </c>
+      <c r="H73">
+        <v>50</v>
+      </c>
+      <c r="I73">
+        <v>0</v>
+      </c>
+      <c r="L73" t="s">
+        <v>23</v>
+      </c>
+      <c r="N73" t="s">
+        <v>2</v>
+      </c>
+      <c r="R73" t="s">
+        <v>0</v>
+      </c>
+      <c r="U73" t="s">
+        <v>0</v>
+      </c>
+      <c r="V73" t="s">
+        <v>61</v>
+      </c>
+      <c r="W73" t="s">
+        <v>0</v>
+      </c>
+      <c r="X73" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y73" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA73">
+        <v>2025</v>
+      </c>
+      <c r="AB73" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR73" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS73" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="74" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A74" s="8">
+        <v>73</v>
+      </c>
+      <c r="C74" t="s">
+        <v>139</v>
+      </c>
+      <c r="D74" t="s">
+        <v>140</v>
+      </c>
+      <c r="E74" t="s">
+        <v>8</v>
+      </c>
+      <c r="G74" t="s">
+        <v>55</v>
+      </c>
+      <c r="H74">
+        <v>539.86</v>
+      </c>
+      <c r="I74">
+        <v>0</v>
+      </c>
+      <c r="L74" t="s">
+        <v>23</v>
+      </c>
+      <c r="N74" t="s">
+        <v>51</v>
+      </c>
+      <c r="R74" t="s">
+        <v>0</v>
+      </c>
+      <c r="U74" t="s">
+        <v>0</v>
+      </c>
+      <c r="V74" t="s">
+        <v>61</v>
+      </c>
+      <c r="W74" t="s">
+        <v>0</v>
+      </c>
+      <c r="X74" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y74" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA74">
+        <v>2025</v>
+      </c>
+      <c r="AB74" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR74" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS74" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="75" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A75" s="8">
+        <v>74</v>
+      </c>
+      <c r="C75" t="s">
+        <v>141</v>
+      </c>
+      <c r="D75" t="s">
+        <v>142</v>
+      </c>
+      <c r="E75" t="s">
+        <v>8</v>
+      </c>
+      <c r="G75" t="s">
+        <v>55</v>
+      </c>
+      <c r="H75">
+        <v>495.87</v>
+      </c>
+      <c r="I75">
+        <v>21</v>
+      </c>
+      <c r="L75" t="s">
         <v>5</v>
       </c>
-      <c r="D4" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F4" s="1" t="s">
+      <c r="N75" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q75">
+        <v>12</v>
+      </c>
+      <c r="R75" t="s">
+        <v>0</v>
+      </c>
+      <c r="U75" t="s">
+        <v>0</v>
+      </c>
+      <c r="V75" t="s">
+        <v>61</v>
+      </c>
+      <c r="W75" t="s">
+        <v>0</v>
+      </c>
+      <c r="X75" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y75" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA75">
+        <v>2025</v>
+      </c>
+      <c r="AB75" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR75" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS75" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="76" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A76" s="8">
+        <v>75</v>
+      </c>
+      <c r="C76" t="s">
+        <v>143</v>
+      </c>
+      <c r="D76" t="s">
+        <v>144</v>
+      </c>
+      <c r="E76" t="s">
         <v>8</v>
       </c>
-      <c r="G4" s="1" t="s">
-[...8 lines deleted...]
-      <c r="J4" s="1" t="s">
+      <c r="G76" t="s">
+        <v>55</v>
+      </c>
+      <c r="H76">
+        <v>892.56</v>
+      </c>
+      <c r="I76">
+        <v>21</v>
+      </c>
+      <c r="L76" t="s">
+        <v>5</v>
+      </c>
+      <c r="N76" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q76">
         <v>12</v>
       </c>
-      <c r="K4" s="1" t="s">
+      <c r="R76" t="s">
+        <v>0</v>
+      </c>
+      <c r="U76" t="s">
+        <v>0</v>
+      </c>
+      <c r="V76" t="s">
+        <v>61</v>
+      </c>
+      <c r="W76" t="s">
+        <v>0</v>
+      </c>
+      <c r="X76" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y76" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA76">
+        <v>2025</v>
+      </c>
+      <c r="AB76" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR76" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS76" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="77" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A77" s="8">
+        <v>76</v>
+      </c>
+      <c r="C77" t="s">
+        <v>145</v>
+      </c>
+      <c r="D77" t="s">
+        <v>146</v>
+      </c>
+      <c r="E77" t="s">
+        <v>147</v>
+      </c>
+      <c r="G77" t="s">
+        <v>55</v>
+      </c>
+      <c r="H77">
+        <v>1908.51</v>
+      </c>
+      <c r="I77">
+        <v>21</v>
+      </c>
+      <c r="L77" t="s">
+        <v>23</v>
+      </c>
+      <c r="N77" t="s">
+        <v>51</v>
+      </c>
+      <c r="R77" t="s">
+        <v>0</v>
+      </c>
+      <c r="U77" t="s">
+        <v>0</v>
+      </c>
+      <c r="V77" t="s">
+        <v>61</v>
+      </c>
+      <c r="W77" t="s">
+        <v>0</v>
+      </c>
+      <c r="X77" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y77" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA77">
+        <v>2025</v>
+      </c>
+      <c r="AB77" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR77" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS77" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="78" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A78" s="8">
+        <v>77</v>
+      </c>
+      <c r="C78" t="s">
+        <v>148</v>
+      </c>
+      <c r="D78" t="s">
+        <v>149</v>
+      </c>
+      <c r="E78" t="s">
+        <v>147</v>
+      </c>
+      <c r="G78" t="s">
+        <v>55</v>
+      </c>
+      <c r="H78">
+        <v>2146.86</v>
+      </c>
+      <c r="I78">
+        <v>21</v>
+      </c>
+      <c r="L78" t="s">
+        <v>23</v>
+      </c>
+      <c r="N78" t="s">
+        <v>51</v>
+      </c>
+      <c r="R78" t="s">
+        <v>0</v>
+      </c>
+      <c r="U78" t="s">
+        <v>0</v>
+      </c>
+      <c r="V78" t="s">
+        <v>61</v>
+      </c>
+      <c r="W78" t="s">
+        <v>0</v>
+      </c>
+      <c r="X78" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y78" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA78">
+        <v>2025</v>
+      </c>
+      <c r="AB78" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR78" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS78" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="79" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A79" s="8">
+        <v>78</v>
+      </c>
+      <c r="C79" t="s">
+        <v>150</v>
+      </c>
+      <c r="D79" t="s">
+        <v>151</v>
+      </c>
+      <c r="E79" t="s">
+        <v>147</v>
+      </c>
+      <c r="G79" t="s">
+        <v>55</v>
+      </c>
+      <c r="H79">
+        <v>1876.26</v>
+      </c>
+      <c r="I79">
+        <v>21</v>
+      </c>
+      <c r="L79" t="s">
+        <v>23</v>
+      </c>
+      <c r="N79" t="s">
+        <v>51</v>
+      </c>
+      <c r="R79" t="s">
+        <v>0</v>
+      </c>
+      <c r="U79" t="s">
+        <v>0</v>
+      </c>
+      <c r="V79" t="s">
+        <v>61</v>
+      </c>
+      <c r="W79" t="s">
+        <v>0</v>
+      </c>
+      <c r="X79" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y79" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA79">
+        <v>2025</v>
+      </c>
+      <c r="AB79" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR79" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS79" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="80" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A80" s="8">
+        <v>79</v>
+      </c>
+      <c r="C80" t="s">
+        <v>152</v>
+      </c>
+      <c r="D80" t="s">
+        <v>153</v>
+      </c>
+      <c r="E80" t="s">
+        <v>4</v>
+      </c>
+      <c r="G80" t="s">
+        <v>55</v>
+      </c>
+      <c r="H80">
+        <v>154.55000000000001</v>
+      </c>
+      <c r="I80">
+        <v>21</v>
+      </c>
+      <c r="L80" t="s">
+        <v>23</v>
+      </c>
+      <c r="N80" t="s">
+        <v>2</v>
+      </c>
+      <c r="R80" t="s">
+        <v>0</v>
+      </c>
+      <c r="U80" t="s">
+        <v>0</v>
+      </c>
+      <c r="V80" t="s">
+        <v>61</v>
+      </c>
+      <c r="W80" t="s">
+        <v>0</v>
+      </c>
+      <c r="X80" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y80" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA80">
+        <v>2025</v>
+      </c>
+      <c r="AB80" t="s">
+        <v>213</v>
+      </c>
+      <c r="AR80" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS80" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="81" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A81" s="8">
+        <v>80</v>
+      </c>
+      <c r="C81" t="s">
+        <v>74</v>
+      </c>
+      <c r="D81" t="s">
+        <v>75</v>
+      </c>
+      <c r="E81" t="s">
+        <v>4</v>
+      </c>
+      <c r="G81" t="s">
+        <v>55</v>
+      </c>
+      <c r="H81">
+        <v>129.97999999999999</v>
+      </c>
+      <c r="I81">
+        <v>21</v>
+      </c>
+      <c r="L81" t="s">
+        <v>23</v>
+      </c>
+      <c r="N81" t="s">
+        <v>2</v>
+      </c>
+      <c r="R81" t="s">
+        <v>0</v>
+      </c>
+      <c r="U81" t="s">
+        <v>0</v>
+      </c>
+      <c r="V81" t="s">
+        <v>61</v>
+      </c>
+      <c r="W81" t="s">
+        <v>0</v>
+      </c>
+      <c r="X81" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y81" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA81">
+        <v>2025</v>
+      </c>
+      <c r="AB81" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR81" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS81" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="82" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A82" s="8">
+        <v>81</v>
+      </c>
+      <c r="C82" t="s">
+        <v>154</v>
+      </c>
+      <c r="D82" t="s">
+        <v>155</v>
+      </c>
+      <c r="E82" t="s">
+        <v>4</v>
+      </c>
+      <c r="G82" t="s">
+        <v>55</v>
+      </c>
+      <c r="H82">
+        <v>1218.5</v>
+      </c>
+      <c r="I82">
+        <v>21</v>
+      </c>
+      <c r="L82" t="s">
+        <v>23</v>
+      </c>
+      <c r="N82" t="s">
+        <v>2</v>
+      </c>
+      <c r="R82" t="s">
+        <v>0</v>
+      </c>
+      <c r="U82" t="s">
+        <v>0</v>
+      </c>
+      <c r="V82" t="s">
+        <v>61</v>
+      </c>
+      <c r="W82" t="s">
+        <v>0</v>
+      </c>
+      <c r="X82" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y82" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA82">
+        <v>2025</v>
+      </c>
+      <c r="AB82" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR82" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS82" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="83" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A83" s="8">
+        <v>82</v>
+      </c>
+      <c r="C83" t="s">
+        <v>156</v>
+      </c>
+      <c r="D83" t="s">
+        <v>30</v>
+      </c>
+      <c r="E83" t="s">
+        <v>8</v>
+      </c>
+      <c r="G83" t="s">
+        <v>55</v>
+      </c>
+      <c r="H83">
+        <v>196</v>
+      </c>
+      <c r="I83">
+        <v>0</v>
+      </c>
+      <c r="L83" t="s">
+        <v>23</v>
+      </c>
+      <c r="N83" t="s">
+        <v>2</v>
+      </c>
+      <c r="R83" t="s">
+        <v>0</v>
+      </c>
+      <c r="U83" t="s">
+        <v>0</v>
+      </c>
+      <c r="V83" t="s">
+        <v>61</v>
+      </c>
+      <c r="W83" t="s">
+        <v>0</v>
+      </c>
+      <c r="X83" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y83" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA83">
+        <v>2025</v>
+      </c>
+      <c r="AB83" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR83" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS83" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="84" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A84" s="8">
+        <v>83</v>
+      </c>
+      <c r="C84" t="s">
+        <v>157</v>
+      </c>
+      <c r="D84" t="s">
+        <v>158</v>
+      </c>
+      <c r="E84" t="s">
+        <v>8</v>
+      </c>
+      <c r="G84" t="s">
+        <v>55</v>
+      </c>
+      <c r="H84">
+        <v>247.93</v>
+      </c>
+      <c r="I84">
+        <v>21</v>
+      </c>
+      <c r="L84" t="s">
+        <v>23</v>
+      </c>
+      <c r="N84" t="s">
+        <v>2</v>
+      </c>
+      <c r="R84" t="s">
+        <v>0</v>
+      </c>
+      <c r="U84" t="s">
+        <v>0</v>
+      </c>
+      <c r="V84" t="s">
+        <v>61</v>
+      </c>
+      <c r="W84" t="s">
+        <v>0</v>
+      </c>
+      <c r="X84" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y84" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA84">
+        <v>2025</v>
+      </c>
+      <c r="AB84" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR84" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS84" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="85" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A85" s="8">
+        <v>84</v>
+      </c>
+      <c r="C85" t="s">
+        <v>159</v>
+      </c>
+      <c r="D85" t="s">
+        <v>12</v>
+      </c>
+      <c r="E85" t="s">
+        <v>4</v>
+      </c>
+      <c r="G85" t="s">
+        <v>55</v>
+      </c>
+      <c r="H85">
+        <v>578.51</v>
+      </c>
+      <c r="I85">
+        <v>21</v>
+      </c>
+      <c r="L85" t="s">
+        <v>23</v>
+      </c>
+      <c r="N85" t="s">
+        <v>2</v>
+      </c>
+      <c r="R85" t="s">
+        <v>0</v>
+      </c>
+      <c r="U85" t="s">
+        <v>0</v>
+      </c>
+      <c r="V85" t="s">
+        <v>61</v>
+      </c>
+      <c r="W85" t="s">
+        <v>0</v>
+      </c>
+      <c r="X85" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y85" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA85">
+        <v>2025</v>
+      </c>
+      <c r="AB85" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR85" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS85" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="86" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A86" s="8">
+        <v>85</v>
+      </c>
+      <c r="C86" t="s">
+        <v>160</v>
+      </c>
+      <c r="D86" t="s">
+        <v>161</v>
+      </c>
+      <c r="E86" t="s">
+        <v>8</v>
+      </c>
+      <c r="G86" t="s">
+        <v>55</v>
+      </c>
+      <c r="H86" s="11">
+        <v>400</v>
+      </c>
+      <c r="I86" s="11">
+        <v>0</v>
+      </c>
+      <c r="J86" s="10"/>
+      <c r="L86" t="s">
+        <v>23</v>
+      </c>
+      <c r="N86" t="s">
+        <v>2</v>
+      </c>
+      <c r="R86" t="s">
+        <v>0</v>
+      </c>
+      <c r="U86" t="s">
+        <v>0</v>
+      </c>
+      <c r="V86" t="s">
+        <v>61</v>
+      </c>
+      <c r="W86" t="s">
+        <v>0</v>
+      </c>
+      <c r="X86" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y86" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA86">
+        <v>2025</v>
+      </c>
+      <c r="AB86" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR86" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS86" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="87" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A87" s="8">
+        <v>86</v>
+      </c>
+      <c r="C87" t="s">
         <v>13</v>
       </c>
-      <c r="L4" s="1" t="s">
+      <c r="D87" t="s">
         <v>14</v>
       </c>
-      <c r="M4" s="1" t="s">
-[...17 lines deleted...]
-      <c r="S4" s="1" t="s">
+      <c r="E87" t="s">
+        <v>8</v>
+      </c>
+      <c r="G87" t="s">
+        <v>55</v>
+      </c>
+      <c r="H87" s="11">
+        <v>222</v>
+      </c>
+      <c r="I87" s="11">
         <v>21</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B5" t="s">
+      <c r="L87" t="s">
         <v>23</v>
       </c>
-      <c r="C5" t="s">
-[...11 lines deleted...]
-      <c r="G5">
+      <c r="N87" t="s">
+        <v>2</v>
+      </c>
+      <c r="R87" t="s">
+        <v>0</v>
+      </c>
+      <c r="U87" t="s">
+        <v>0</v>
+      </c>
+      <c r="V87" t="s">
+        <v>61</v>
+      </c>
+      <c r="W87" t="s">
+        <v>0</v>
+      </c>
+      <c r="X87" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y87" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA87">
+        <v>2025</v>
+      </c>
+      <c r="AB87" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR87" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS87" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="88" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A88" s="8">
+        <v>87</v>
+      </c>
+      <c r="C88" t="s">
+        <v>162</v>
+      </c>
+      <c r="D88" t="s">
+        <v>158</v>
+      </c>
+      <c r="E88" t="s">
+        <v>8</v>
+      </c>
+      <c r="G88" t="s">
+        <v>55</v>
+      </c>
+      <c r="H88" s="11">
+        <v>193.21</v>
+      </c>
+      <c r="I88" s="11">
+        <v>21</v>
+      </c>
+      <c r="L88" t="s">
+        <v>23</v>
+      </c>
+      <c r="N88" t="s">
+        <v>2</v>
+      </c>
+      <c r="R88" t="s">
+        <v>0</v>
+      </c>
+      <c r="U88" t="s">
+        <v>0</v>
+      </c>
+      <c r="V88" t="s">
+        <v>61</v>
+      </c>
+      <c r="W88" t="s">
+        <v>0</v>
+      </c>
+      <c r="X88" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y88" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA88">
+        <v>2025</v>
+      </c>
+      <c r="AB88" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR88" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS88" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="89" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A89" s="8">
+        <v>88</v>
+      </c>
+      <c r="C89" t="s">
+        <v>163</v>
+      </c>
+      <c r="D89" t="s">
+        <v>164</v>
+      </c>
+      <c r="E89" t="s">
+        <v>4</v>
+      </c>
+      <c r="G89" t="s">
+        <v>55</v>
+      </c>
+      <c r="H89" s="11">
+        <v>78.430000000000007</v>
+      </c>
+      <c r="I89" s="11">
+        <v>21</v>
+      </c>
+      <c r="L89" t="s">
+        <v>23</v>
+      </c>
+      <c r="N89" t="s">
+        <v>2</v>
+      </c>
+      <c r="R89" t="s">
+        <v>0</v>
+      </c>
+      <c r="U89" t="s">
+        <v>0</v>
+      </c>
+      <c r="V89" t="s">
+        <v>61</v>
+      </c>
+      <c r="W89" t="s">
+        <v>0</v>
+      </c>
+      <c r="X89" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y89" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA89">
+        <v>2025</v>
+      </c>
+      <c r="AB89" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR89" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS89" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="90" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A90" s="8">
+        <v>89</v>
+      </c>
+      <c r="C90" t="s">
+        <v>165</v>
+      </c>
+      <c r="D90" t="s">
+        <v>52</v>
+      </c>
+      <c r="E90" t="s">
+        <v>8</v>
+      </c>
+      <c r="G90" t="s">
+        <v>55</v>
+      </c>
+      <c r="H90" s="11">
         <v>2100</v>
       </c>
-      <c r="H5">
-[...40 lines deleted...]
-      <c r="B6" t="s">
+      <c r="I90" s="11">
+        <v>21</v>
+      </c>
+      <c r="L90" t="s">
         <v>23</v>
       </c>
-      <c r="C6" t="s">
-[...55 lines deleted...]
-      <c r="B7" t="s">
+      <c r="N90" t="s">
+        <v>51</v>
+      </c>
+      <c r="R90" t="s">
+        <v>0</v>
+      </c>
+      <c r="U90" t="s">
+        <v>0</v>
+      </c>
+      <c r="V90" t="s">
+        <v>61</v>
+      </c>
+      <c r="W90" t="s">
+        <v>0</v>
+      </c>
+      <c r="X90" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y90" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA90">
+        <v>2025</v>
+      </c>
+      <c r="AB90" t="s">
+        <v>61</v>
+      </c>
+      <c r="AR90" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS90" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="91" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A91" s="8">
+        <v>90</v>
+      </c>
+      <c r="C91" t="s">
+        <v>160</v>
+      </c>
+      <c r="D91" t="s">
+        <v>161</v>
+      </c>
+      <c r="E91" t="s">
+        <v>8</v>
+      </c>
+      <c r="G91" t="s">
+        <v>55</v>
+      </c>
+      <c r="H91" s="11">
+        <v>600</v>
+      </c>
+      <c r="I91" s="11">
+        <v>0</v>
+      </c>
+      <c r="J91" s="10"/>
+      <c r="L91" t="s">
         <v>23</v>
       </c>
-      <c r="C7" t="s">
-[...55 lines deleted...]
-      <c r="B8" t="s">
+      <c r="N91" t="s">
+        <v>2</v>
+      </c>
+      <c r="R91" t="s">
+        <v>0</v>
+      </c>
+      <c r="U91" t="s">
+        <v>0</v>
+      </c>
+      <c r="V91" t="s">
+        <v>61</v>
+      </c>
+      <c r="W91" t="s">
+        <v>0</v>
+      </c>
+      <c r="X91" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y91" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA91">
+        <v>2025</v>
+      </c>
+      <c r="AB91" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR91" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS91" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="92" spans="1:45" x14ac:dyDescent="0.3">
+      <c r="A92" s="8">
+        <v>91</v>
+      </c>
+      <c r="C92" t="s">
+        <v>216</v>
+      </c>
+      <c r="D92" t="s">
+        <v>217</v>
+      </c>
+      <c r="E92" t="s">
+        <v>4</v>
+      </c>
+      <c r="G92" t="s">
+        <v>55</v>
+      </c>
+      <c r="H92">
+        <v>495.87</v>
+      </c>
+      <c r="I92">
+        <v>21</v>
+      </c>
+      <c r="L92" t="s">
         <v>23</v>
       </c>
-      <c r="C8" t="s">
-[...1673 lines deleted...]
-      <c r="S36" s="2"/>
+      <c r="N92" t="s">
+        <v>2</v>
+      </c>
+      <c r="R92" t="s">
+        <v>0</v>
+      </c>
+      <c r="U92" t="s">
+        <v>0</v>
+      </c>
+      <c r="V92" t="s">
+        <v>61</v>
+      </c>
+      <c r="W92" t="s">
+        <v>0</v>
+      </c>
+      <c r="X92" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y92" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA92">
+        <v>2025</v>
+      </c>
+      <c r="AB92" t="s">
+        <v>0</v>
+      </c>
+      <c r="AR92" t="s">
+        <v>214</v>
+      </c>
+      <c r="AS92" s="9" t="s">
+        <v>215</v>
+      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A4:S4" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darbalapiai</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Įvardytieji diapazonai</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Pirkimai</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Lapas1</vt:lpstr>
+      <vt:lpstr>Lapas1!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Kendo UI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>