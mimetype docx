--- v0 (2025-10-07)
+++ v1 (2025-12-18)
@@ -1,2501 +1,3886 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="374BFAEB" w14:textId="78E5ECA6" w:rsidR="005F1038" w:rsidRDefault="005F1038" w:rsidP="005F1038">
+    <w:p w14:paraId="374BFAEB" w14:textId="78E5ECA6" w:rsidR="005F1038" w:rsidRPr="00E17306" w:rsidRDefault="005F1038" w:rsidP="005F1038">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3888" w:firstLine="1296"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38E04B87" w14:textId="6F474233" w:rsidR="005F1038" w:rsidRDefault="005F1038" w:rsidP="005F1038">
+    <w:p w14:paraId="3820099C" w14:textId="3D1CD151" w:rsidR="005F1038" w:rsidRPr="00E17306" w:rsidRDefault="00815A8B" w:rsidP="007C3BFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5184"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Gargždų atviro jaunimo centro </w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Klaipėdos rajono </w:t>
+      </w:r>
+      <w:r w:rsidR="005F1038" w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Gargždų atviro jaunimo centro direktoriaus 202</w:t>
+      </w:r>
+      <w:r w:rsidR="0015576C" w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>direktoriaus 202</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="005F1038" w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> m</w:t>
+      </w:r>
+      <w:r w:rsidR="0015576C" w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> m</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="003F0D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>rug</w:t>
+      </w:r>
+      <w:r w:rsidR="00D36DA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>balandžio</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>sėjo</w:t>
+      </w:r>
+      <w:r w:rsidR="003F0D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 19 d.</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D36DA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="0015576C" w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Įsakymu Nr. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="35D86C3E" w14:textId="1BC3984A" w:rsidR="005F1038" w:rsidRPr="00275E32" w:rsidRDefault="005F1038" w:rsidP="005F1038">
+        <w:t xml:space="preserve"> d.</w:t>
+      </w:r>
+      <w:r w:rsidR="005F1038" w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0015576C" w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidR="005F1038" w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>sakymu Nr.</w:t>
+      </w:r>
+      <w:r w:rsidR="007C3BFA" w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00887E4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>V-</w:t>
+      </w:r>
+      <w:r w:rsidR="00D46470">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>67</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35D86C3E" w14:textId="1BC3984A" w:rsidR="005F1038" w:rsidRPr="00E17306" w:rsidRDefault="005F1038" w:rsidP="005F1038">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1134"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39B608CE" w14:textId="77777777" w:rsidR="005F1038" w:rsidRPr="00275E32" w:rsidRDefault="005F1038" w:rsidP="005F1038">
+    <w:p w14:paraId="39B608CE" w14:textId="77777777" w:rsidR="005F1038" w:rsidRPr="00E17306" w:rsidRDefault="005F1038" w:rsidP="005F1038">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="1134"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76016ADE" w14:textId="3D54082C" w:rsidR="003C7790" w:rsidRDefault="00814F84" w:rsidP="003C7790">
+    <w:p w14:paraId="59C787EB" w14:textId="13F735DF" w:rsidR="00E16183" w:rsidRPr="00E17306" w:rsidRDefault="003347AC" w:rsidP="00E16183">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00814F84">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>JAUNIMO DARBUOTOJO DARBUI SU JAUNIMU</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">KLAIPĖDOS RAJONO GARGŽDŲ ATVIRO JAUNIMO CENTRO </w:t>
+      </w:r>
+      <w:r w:rsidR="003F0D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MOKYKLOSE</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>JAUNIMO DARBUOTOJO (</w:t>
+      </w:r>
+      <w:r w:rsidR="00D36DA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:br/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>DARBUI SU JAUNIMU MOKYKLOJE</w:t>
+      </w:r>
+      <w:r w:rsidR="001F72C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>PAREIGYBĖS APRAŠYMAS</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> PAREIGYBĖS </w:t>
+      </w:r>
+      <w:r w:rsidR="00566204" w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>APRAŠYMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25451FB2" w14:textId="77777777" w:rsidR="00E16183" w:rsidRPr="00E17306" w:rsidRDefault="00E16183" w:rsidP="00E16183">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>I SKYRIUS</w:t>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="467E3B2F" w14:textId="3E08CBD1" w:rsidR="00566204" w:rsidRPr="00E17306" w:rsidRDefault="003E3988" w:rsidP="003E3988">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1284"/>
+          <w:tab w:val="center" w:pos="4513"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>PAREIGYBĖ</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...197 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t> </w:t>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E16183" w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>II SKYRIUS</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>I.</w:t>
+      </w:r>
+      <w:r w:rsidR="00566204" w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>PAREIGYBĖ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01A9FA81" w14:textId="77777777" w:rsidR="003E3988" w:rsidRPr="00E17306" w:rsidRDefault="003E3988" w:rsidP="003E3988">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1284"/>
+          <w:tab w:val="center" w:pos="4513"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>SPECIALŪS REIKALAVIMAI ŠIAS PAREIGAS EINANČIAM DARBUOTOJUI</w:t>
-[...411 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09BA645C" w14:textId="77777777" w:rsidR="003E3988" w:rsidRPr="00E17306" w:rsidRDefault="003E3988" w:rsidP="003E3988">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1284"/>
+          <w:tab w:val="center" w:pos="4513"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>III SKYRIUS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2BC2FA72" w14:textId="27DDBA72" w:rsidR="00566204" w:rsidRDefault="00566204" w:rsidP="003C7790">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B5BFAE4" w14:textId="3A944728" w:rsidR="003E3988" w:rsidRPr="00E17306" w:rsidRDefault="003E3988" w:rsidP="00251326">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-57" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="004960E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Jaunimo darbuotojas (</w:t>
+      </w:r>
+      <w:r w:rsidR="00590488">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>darbui su jaunimu mokykloje</w:t>
+      </w:r>
+      <w:r w:rsidR="004960E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">yra </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>specialista</w:t>
+      </w:r>
+      <w:r w:rsidR="00590488">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>s.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22B4CB5B" w14:textId="77777777" w:rsidR="003E3988" w:rsidRPr="00251326" w:rsidRDefault="003E3988" w:rsidP="00251326">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-57" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00251326">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   (pareigybės pavadinimas) (nurodoma pareigybės grupė) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CEA2353" w14:textId="734D1B95" w:rsidR="003E3988" w:rsidRPr="00E17306" w:rsidRDefault="003E3988" w:rsidP="003E3988">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Pareigybės lygis – </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC27E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>A2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D59E2A6" w14:textId="3A71881A" w:rsidR="003E3988" w:rsidRPr="00251326" w:rsidRDefault="003E3988" w:rsidP="003E3988">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00251326">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>(nurodoma, kuriam lygiui (A (A1 ar A2), B, C, D) priskiriama pareigybė)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C58B652" w14:textId="77777777" w:rsidR="003E3988" w:rsidRPr="00E17306" w:rsidRDefault="003E3988" w:rsidP="003E3988">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>3. Skyriaus pavadinimas – Klaipėdos rajono Gargždų atviras jaunimo centras (toliau – Centras).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02575497" w14:textId="5129C6AA" w:rsidR="003E3988" w:rsidRPr="00E17306" w:rsidRDefault="003E3988" w:rsidP="003E3988">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>4. Pareigybės paskirtis (jei yra) –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0073296D" w:rsidRPr="0073296D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dirb</w:t>
+      </w:r>
+      <w:r w:rsidR="0073296D" w:rsidRPr="0073296D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ti</w:t>
+      </w:r>
+      <w:r w:rsidR="0073296D" w:rsidRPr="0073296D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> su jaunais žmonėmis ugdymo įstaigos teritorijoje, mažinti jaunų žmonių, turinčių mažiau galimybių ir patiriančių didesnius iššūkius atskirtį, gerinti jų psichologinę ir emocinę savijautą, tokiu būdu skatinant jų geresnius mokymosi rezultatus bei didinant įsitraukimą į pilnavertį socialinį ir visuomeninį (įskaitant ir ugdymo įstaigos bendruomenės) gyvenimą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B54CE70" w14:textId="66E377A0" w:rsidR="003E3988" w:rsidRPr="00E17306" w:rsidRDefault="003E3988" w:rsidP="003E3988">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Pareigybės pavaldumas (jei yra) – Centro </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC581E" w:rsidRPr="00C633E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>direktoriui</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C633E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D0DBDEA" w14:textId="77777777" w:rsidR="00E659BE" w:rsidRPr="00E17306" w:rsidRDefault="00E659BE" w:rsidP="003E3988">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F8097A0" w14:textId="77777777" w:rsidR="003E3988" w:rsidRPr="00E17306" w:rsidRDefault="003E3988" w:rsidP="003E3988">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16FF1EA1" w14:textId="096E8B3B" w:rsidR="005C0CB8" w:rsidRPr="00E17306" w:rsidRDefault="00E659BE" w:rsidP="005C0CB8">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="00466AB4" w14:textId="77777777" w:rsidR="003C7790" w:rsidRPr="00275E32" w:rsidRDefault="003C7790" w:rsidP="003C7790">
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>II. SPECIALŪS REIKALAVIMAI ŠIAS PAREIGAS EINANČIAM DARBUOTOJUI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B8D5C79" w14:textId="77777777" w:rsidR="005C0CB8" w:rsidRPr="00E17306" w:rsidRDefault="005C0CB8" w:rsidP="005C0CB8">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...1262 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-GB"/>
-[...7 lines deleted...]
-        <w:ind w:firstLine="1134"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74ECC054" w14:textId="77777777" w:rsidR="00BA73B4" w:rsidRDefault="00E87078" w:rsidP="00BA73B4">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Darbuotojas, einantis šias pareigas, turi atitikti šiuos specialius reikalavimus:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C70CA83" w14:textId="30820A08" w:rsidR="00760FCB" w:rsidRPr="00972837" w:rsidRDefault="000C269F" w:rsidP="00972837">
+      <w:pPr>
+        <w:pStyle w:val="prastasiniatinklio"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="23" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.1. </w:t>
+      </w:r>
+      <w:r w:rsidR="007553EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">turėti </w:t>
+      </w:r>
+      <w:r w:rsidR="008D342E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>aukštojo mokslo kvalifikaciją, įgytą baigus</w:t>
+      </w:r>
+      <w:r w:rsidR="005805D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> socialinio darbo, psichologijos studijų krypties studij</w:t>
+      </w:r>
+      <w:r w:rsidR="00766F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="005805D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s ar ugdymo mokslų studijų krypčių grupės studij</w:t>
+      </w:r>
+      <w:r w:rsidR="00766F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="005805D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00766F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005805D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> arba jai lygiavert</w:t>
+      </w:r>
+      <w:r w:rsidR="00766F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ę</w:t>
+      </w:r>
+      <w:r w:rsidR="005805D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aukštojo mokslo kvalifikacij</w:t>
+      </w:r>
+      <w:r w:rsidR="00766F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ą</w:t>
+      </w:r>
+      <w:r w:rsidR="005805D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bei socialinio pedagogo kvalifikacij</w:t>
+      </w:r>
+      <w:r w:rsidR="00766F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ą</w:t>
+      </w:r>
+      <w:r w:rsidR="005805D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir yra baig</w:t>
+      </w:r>
+      <w:r w:rsidR="00766F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ęs</w:t>
+      </w:r>
+      <w:r w:rsidR="005805D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> studijų program</w:t>
+      </w:r>
+      <w:r w:rsidR="00766F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ą</w:t>
+      </w:r>
+      <w:r w:rsidR="005805D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (specializacij</w:t>
+      </w:r>
+      <w:r w:rsidR="00766F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ą</w:t>
+      </w:r>
+      <w:r w:rsidR="005805D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>), skirt</w:t>
+      </w:r>
+      <w:r w:rsidR="00766F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ą</w:t>
+      </w:r>
+      <w:r w:rsidR="005805D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> socialiniams pedagogams rengti</w:t>
+      </w:r>
+      <w:r w:rsidR="00766F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, ir yra n</w:t>
+      </w:r>
+      <w:r w:rsidR="005805D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>epriekaišting</w:t>
+      </w:r>
+      <w:r w:rsidR="00766F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>os</w:t>
+      </w:r>
+      <w:r w:rsidR="005805D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reputacij</w:t>
+      </w:r>
+      <w:r w:rsidR="00766F19">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>os</w:t>
+      </w:r>
+      <w:r w:rsidR="005805D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00000AF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Arba yra įgijęs aukštąjį išsilavinimą ir turi jaunimo darbuotojo sertifikatą</w:t>
+      </w:r>
+      <w:r w:rsidR="00972837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15E7D3DA" w14:textId="57219278" w:rsidR="00BA73B4" w:rsidRDefault="002A4BCC" w:rsidP="00DA2EE7">
+      <w:pPr>
+        <w:pStyle w:val="prastasiniatinklio"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="23" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F049E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>turėti praktinės administracinio darbo patirties</w:t>
+      </w:r>
+      <w:r w:rsidR="00A411BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A987501" w14:textId="7CB27075" w:rsidR="00267B92" w:rsidRDefault="00DA2EE7" w:rsidP="00267B92">
+      <w:pPr>
+        <w:pStyle w:val="prastasiniatinklio"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="23" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>6.3</w:t>
+      </w:r>
+      <w:r w:rsidR="00267B92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004F5CBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009655DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>mokėti bent vieną užsienio kalbą (anglų, prancūzų arba vokiečių)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C55FFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pažengusio vartotojo lygiu B1</w:t>
+      </w:r>
+      <w:r w:rsidR="000C269F" w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53230417" w14:textId="708074CF" w:rsidR="00267B92" w:rsidRPr="00C86EFF" w:rsidRDefault="000C269F" w:rsidP="00267B92">
+      <w:pPr>
+        <w:pStyle w:val="prastasiniatinklio"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="23" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>6.4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA73B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3507B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">išmanyti </w:t>
+      </w:r>
+      <w:r w:rsidR="00477944" w:rsidRPr="00F3507B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Lietuvos Respublikos įstatymus</w:t>
+      </w:r>
+      <w:r w:rsidR="00763802" w:rsidRPr="00F3507B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, susijusius su jaunimo įdarbinimu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3507B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00072E52" w:rsidRPr="00F3507B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B52A07" w:rsidRPr="00F3507B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Lietuvos Respublikos jaunimo politikos pagrindų įstatymą</w:t>
+      </w:r>
+      <w:r w:rsidR="00B91980" w:rsidRPr="00F3507B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00B91980" w:rsidRPr="00C86EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C86EFF" w:rsidRPr="00C86EFF">
+        <w:rPr>
+          <w:rFonts w:ascii="DM Sans" w:eastAsiaTheme="minorHAnsi" w:hAnsi="DM Sans" w:cstheme="minorBidi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00C86EFF" w:rsidRPr="00C86EFF">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t>Lietuvos Respublikos socialinės apsaugos ir darbo ministro 2019 m. spalio 15 d. įsakym</w:t>
+        </w:r>
+        <w:r w:rsidR="00C86EFF">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t>ą</w:t>
+        </w:r>
+        <w:r w:rsidR="00C86EFF" w:rsidRPr="00C86EFF">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Nr. A1-614 </w:t>
+        </w:r>
+        <w:r w:rsidR="00C86EFF">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t>„</w:t>
+        </w:r>
+        <w:r w:rsidR="00C86EFF" w:rsidRPr="00C86EFF">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t>Dėl Darbo su jaunimu gatvėje tvarkos aprašo, Mobiliojo darbo su jaunimu tvarkos aprašo, Atvirojo darbo su jaunimu tvarkos aprašo, Jaunimo informavimo ir konsultavimo tvarkos aprašo ir Jaunimo praktinių įgūdžių ugdymo tvarkos aprašo patvirtinimo“</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E116A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir kitus norminius teisės aktus,</w:t>
+      </w:r>
+      <w:r w:rsidR="006E7AC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> susijusius su </w:t>
+      </w:r>
+      <w:r w:rsidR="005E0088">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>jaunimo politikos įgyvendinimu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E6CB812" w14:textId="77777777" w:rsidR="00267B92" w:rsidRDefault="000C269F" w:rsidP="00267B92">
+      <w:pPr>
+        <w:pStyle w:val="prastasiniatinklio"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="23" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>6.5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA73B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00763802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>gerai pažinti</w:t>
+      </w:r>
+      <w:r w:rsidR="00C1422D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atviro darbo su jaunimu tikslinę grupę, išmanyti bendruosius jaunimo ir specifinius tam tikrų jaunimo grupių poreikius</w:t>
+      </w:r>
+      <w:r w:rsidR="007110C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="132F207F" w14:textId="77777777" w:rsidR="00267B92" w:rsidRDefault="007110C0" w:rsidP="00267B92">
+      <w:pPr>
+        <w:pStyle w:val="prastasiniatinklio"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="23" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>6.6</w:t>
+      </w:r>
+      <w:r w:rsidR="000C269F" w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA73B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>turėti žinių ir įgūdžių apie jaunimo verslumo ugdymą, neformalų ugdymą</w:t>
+      </w:r>
+      <w:r w:rsidR="00D915B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, neformalaus ugdymo metodus, vietinį, regioninį, nacionalinį, europinį darbo su jaunimu kontekstą</w:t>
+      </w:r>
+      <w:r w:rsidR="007B15A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, finansavimo galimybes ir kitus darbo su jaunimu aspektus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="639F7D9C" w14:textId="63E63FEC" w:rsidR="007B15A3" w:rsidRDefault="007B15A3" w:rsidP="00267B92">
+      <w:pPr>
+        <w:pStyle w:val="prastasiniatinklio"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="23" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>6.7.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA73B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>mokėti</w:t>
+      </w:r>
+      <w:r w:rsidR="00F15FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laisvai naudotis šiuolaikinėmis technologijomis,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dirbti kompiuterinėmis programomis: MS Office programa, Canva ir kt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CA57AB4" w14:textId="5D4A8D02" w:rsidR="00E75615" w:rsidRDefault="00E75615" w:rsidP="00267B92">
+      <w:pPr>
+        <w:pStyle w:val="prastasiniatinklio"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="23" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.8. turėti B </w:t>
+      </w:r>
+      <w:r w:rsidR="00444C47">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>kategorijos vairuotojo pažymėjimą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D686F7D" w14:textId="77777777" w:rsidR="000C269F" w:rsidRPr="00E17306" w:rsidRDefault="000C269F" w:rsidP="00BA73B4">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C4171D5" w14:textId="309A0169" w:rsidR="000C269F" w:rsidRPr="00E17306" w:rsidRDefault="000C269F" w:rsidP="000C269F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>III</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E17306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ŠIAS PAREIGAS EINANČIO DARBUOTOJO FUNKCIJOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78788595" w14:textId="3E9B466F" w:rsidR="00172666" w:rsidRPr="00E17306" w:rsidRDefault="00172666" w:rsidP="00172666">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01FED6A2" w14:textId="77777777" w:rsidR="00172666" w:rsidRPr="00E17306" w:rsidRDefault="00172666" w:rsidP="00E17306">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BBE311F" w14:textId="77777777" w:rsidR="00172666" w:rsidRPr="00172666" w:rsidRDefault="00172666" w:rsidP="00172666">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>7. Šias pareigas einantis darbuotojas vykdo šias funkcijas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2389CCFA" w14:textId="7C043181" w:rsidR="008D08AB" w:rsidRPr="00255EF0" w:rsidRDefault="00172666" w:rsidP="00255EF0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00172666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00255EF0" w:rsidRPr="00255EF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">taikant darbo su jaunimu principus, aprašytus Jaunimo politikos pagrindų įstatyme ir metodus, pateiktus </w:t>
+      </w:r>
+      <w:r w:rsidR="00255EF0" w:rsidRPr="00255EF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jaunimo reikalų a</w:t>
+      </w:r>
+      <w:r w:rsidR="00255EF0" w:rsidRPr="00255EF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gentūros tinklapyje pateiktoje bibliotekoje (nuoroda: https://jra.lt/dirbantiems/suzinok-daugiau/biblioteka), ugdymo įstaigos teritorijoje užme</w:t>
+      </w:r>
+      <w:r w:rsidR="00C80164">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zga </w:t>
+      </w:r>
+      <w:r w:rsidR="00255EF0" w:rsidRPr="00255EF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>santykius su sunkumus patiriančiais jaunais žmonėmis, kuriems reikia pagalbos, palaikymo ir kurie negali dalyvauti ir (ar) nedalyvauja su jaunimu dirbančios organizacijos veikloje, susiduria su lankomumo ir / ar pažangos mokymosi procese, socializacijos iššūkiais;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A6F7AEF" w14:textId="7251105E" w:rsidR="00172666" w:rsidRPr="0065675A" w:rsidRDefault="00E12EC5" w:rsidP="00E12EC5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00345F2F" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>didin</w:t>
+      </w:r>
+      <w:r w:rsidR="00C80164">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00345F2F" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jaunų žmonių motyvaciją keistis ir kurti tvirtus, pagarbius, abipusiu pasitikėjimu grįstus santykius su jaunimo darbuotoju, vykdančiu darbą su jaunimu ugdymo įstaigoje</w:t>
+      </w:r>
+      <w:r w:rsidR="00172666" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7747E0CF" w14:textId="0817820F" w:rsidR="00475340" w:rsidRPr="0065675A" w:rsidRDefault="00475340" w:rsidP="00475340">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.3. </w:t>
+      </w:r>
+      <w:r w:rsidR="007D6E80" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pad</w:t>
+      </w:r>
+      <w:r w:rsidR="00C80164">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eda</w:t>
+      </w:r>
+      <w:r w:rsidR="007D6E80" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jauniems žmonėms atkurti arba užmegzti ryšius su socialine aplinka, įgalinti juos naudotis įvairiomis savivaldybės teritorijoje jaunam žmogui teikiamomis paslaugomis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="450189BC" w14:textId="35C7B5E0" w:rsidR="00012F15" w:rsidRPr="0065675A" w:rsidRDefault="00172666" w:rsidP="00E059D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE375B" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00012F15" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>stiprin</w:t>
+      </w:r>
+      <w:r w:rsidR="00C80164">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00012F15" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jaunų žmonių asmeninius ir tarpasmeninius, bendravimo gebėjimus jų mokymosi aplinkoje; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F259AC1" w14:textId="3964251D" w:rsidR="0016321D" w:rsidRPr="0065675A" w:rsidRDefault="00E059D1" w:rsidP="00E059D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE375B" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0016321D" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bendradarbiaujant su ugdymo įstaiga suteik</w:t>
+      </w:r>
+      <w:r w:rsidR="00C80164">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ia</w:t>
+      </w:r>
+      <w:r w:rsidR="0016321D" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informaciją, organizuo</w:t>
+      </w:r>
+      <w:r w:rsidR="00C80164">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ja</w:t>
+      </w:r>
+      <w:r w:rsidR="0016321D" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir įgyvendin</w:t>
+      </w:r>
+      <w:r w:rsidR="00C80164">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0016321D" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veiklas, padedančias didinti jaunų žmonių sąmoningumą nusikalstamo elgesio, tabako, alkoholio, narkotinių ar kitų psichotropinių medžiagų vartojimo klausimais;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="535A595E" w14:textId="0DD84EF5" w:rsidR="008D3EA6" w:rsidRPr="0065675A" w:rsidRDefault="008D3EA6" w:rsidP="00E059D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE375B" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00803AEE" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bendradarbiaujant su ugdymo įstaiga vykd</w:t>
+      </w:r>
+      <w:r w:rsidR="006D6F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00803AEE" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> patyčių prevenciją ir intervenciją;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CDADCD5" w14:textId="0F06A459" w:rsidR="00803AEE" w:rsidRPr="0065675A" w:rsidRDefault="00A33052" w:rsidP="00172666">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE375B" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00172666" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD0ACA" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00803AEE" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bendradarbiaujant su ugdymo įstaiga tarpininkau</w:t>
+      </w:r>
+      <w:r w:rsidR="006D6F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ja</w:t>
+      </w:r>
+      <w:r w:rsidR="00803AEE" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tarp jauno žmogaus ir valstybės bei savivaldybių institucijų, įstaigų ir (ar) organizacijų, atstovau</w:t>
+      </w:r>
+      <w:r w:rsidR="006D6F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ja </w:t>
+      </w:r>
+      <w:r w:rsidR="00803AEE" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>moksleivių, interesams, sprendžiant klausimus, kurie susiję su jo / jos gyvenimo kokybės gerinimu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="163AAED5" w14:textId="3F7E2BF9" w:rsidR="006D40E3" w:rsidRPr="0065675A" w:rsidRDefault="00172666" w:rsidP="00172666">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE375B" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="006D40E3" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bendradarbiaujant su ugdymo įstaiga rūpin</w:t>
+      </w:r>
+      <w:r w:rsidR="006D6F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>asi</w:t>
+      </w:r>
+      <w:r w:rsidR="006D40E3" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jaunų žmonių geresne emocine savijauta ir patiriamos ugdymo įstaigoje įtampos mažinimu, tokiu būdu motyvuojant ir skatinant geresnius jaunų žmonių mokymosi rezultatus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27E47ACF" w14:textId="53CF5055" w:rsidR="00B63195" w:rsidRPr="0065675A" w:rsidRDefault="00F21436" w:rsidP="00172666">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE375B" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B63195" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>supažindi</w:t>
+      </w:r>
+      <w:r w:rsidR="006D6F78">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>na</w:t>
+      </w:r>
+      <w:r w:rsidR="00B63195" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jaunus žmones ugdymo įstaigoje su jaunimui skirtomis galimybėmis (tokiomis kaip savanorystė, tarptautinės mainų ir mobilumo galimybės, projektų ir idėjų įgyvendinimo ir finansavimo galimybės, užimtumo galimybės ir kt.), įtraukia jaunus žmones bei jaunų žmonių grupes į jų tobulėjimui palankias galimybes jaunimui</w:t>
+      </w:r>
+      <w:r w:rsidR="009B1E33" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27C35BD9" w14:textId="23599B96" w:rsidR="009B1E33" w:rsidRPr="0065675A" w:rsidRDefault="0052356E" w:rsidP="00172666">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE375B" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009B1E33" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vykd</w:t>
+      </w:r>
+      <w:r w:rsidR="00134FFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="009B1E33" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jaunimo neformalųjį ugdymą ugdymo įstaigoje arba</w:t>
+      </w:r>
+      <w:r w:rsidR="009B1E33" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atvirame jaunimo centre;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D6F27E2" w14:textId="4E91F288" w:rsidR="000C6282" w:rsidRDefault="006D79E0" w:rsidP="00172666">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE375B" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00134FFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">identifikuoja </w:t>
+      </w:r>
+      <w:r w:rsidR="009A3E31" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jaunimo, įstaigos poreikius ir pagal juos </w:t>
+      </w:r>
+      <w:r w:rsidR="004C58FC" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reng</w:t>
+      </w:r>
+      <w:r w:rsidR="00134FFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ia</w:t>
+      </w:r>
+      <w:r w:rsidR="004C58FC" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> savo veiklos planus</w:t>
+      </w:r>
+      <w:r w:rsidR="000C6282" w:rsidRPr="0065675A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, vėliau ataskaitas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4242984A" w14:textId="0D2D3B91" w:rsidR="00F01694" w:rsidRPr="00E62D9B" w:rsidRDefault="00F01694" w:rsidP="00172666">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.12. </w:t>
+      </w:r>
+      <w:r w:rsidR="0030581E" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>prisistat</w:t>
+      </w:r>
+      <w:r w:rsidR="00134FFF" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="0030581E" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokyklos administracijai, mokiniams. Ypating</w:t>
+      </w:r>
+      <w:r w:rsidR="00004D43" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ą dėmesį skiriant santykiui </w:t>
+      </w:r>
+      <w:r w:rsidR="00E85F4D" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">su pagalbos moksleiviams specialistais (psichologais, socialiniais </w:t>
+      </w:r>
+      <w:r w:rsidR="00E85F4D" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>pedagogais, socialiniais darbuotojais ir pan.), siekiant sukurti bendradarbiavimo ryšį dirb</w:t>
+      </w:r>
+      <w:r w:rsidR="00E85F4D" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ant</w:t>
+      </w:r>
+      <w:r w:rsidR="00E85F4D" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> su sudėtingais jaunuolių atvejais;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FDDD876" w14:textId="5919B890" w:rsidR="007B3206" w:rsidRPr="00E62D9B" w:rsidRDefault="007B3206" w:rsidP="00172666">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.13. dalyvauja mokyklos administracijos </w:t>
+      </w:r>
+      <w:r w:rsidR="009513DD" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ar pagalbos moksleiviams specialistų </w:t>
+      </w:r>
+      <w:r w:rsidR="00E371CC" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">susirinkimuose, kuriuose gali susipažinti su mokyklos veikla, sudėtingais jaunuolių atvejais ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00B64F29" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pasiūlyti savo metodus ir sprendimus aptariamuose atvejuose;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58553F76" w14:textId="2E128492" w:rsidR="008C7207" w:rsidRPr="00E62D9B" w:rsidRDefault="008C7207" w:rsidP="00172666">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7.14. planuo</w:t>
+      </w:r>
+      <w:r w:rsidR="00134FFF" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reguliarius </w:t>
+      </w:r>
+      <w:r w:rsidR="00C82FBC" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">susitikimus su </w:t>
+      </w:r>
+      <w:r w:rsidR="00C82FBC" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pagalbos moksleiviams specialistais (psichologais, socialiniais pedagogais, socialiniais darbuotojais ir pan.)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C82FBC" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A2AA4C8" w14:textId="78F5F584" w:rsidR="00CA309F" w:rsidRPr="00E62D9B" w:rsidRDefault="00CA309F" w:rsidP="00172666">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7.1</w:t>
+      </w:r>
+      <w:r w:rsidR="0055541D" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="003F3F83" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rengia ir įgyvendina</w:t>
+      </w:r>
+      <w:r w:rsidR="009E753C" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> socialines programas ir projektus, užtikrinant jaunuolių veiklos formų įvairovę;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44D86188" w14:textId="2E450E4C" w:rsidR="009C7B93" w:rsidRPr="00E62D9B" w:rsidRDefault="00344B78" w:rsidP="00172666">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7.1</w:t>
+      </w:r>
+      <w:r w:rsidR="0055541D" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. pagal mokyklos grafiką</w:t>
+      </w:r>
+      <w:r w:rsidR="00313580" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pertraukų metu organizuoja jaunimo poreikius atitinkančias veiklas, pamokų metu veda klasės valandėles</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC369C" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, kviečia įvairius lektorius, stiprinančius mokinių motyvaciją siekti savo tikslų</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31387" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, puoselėti sveiką gyvenimo būdą</w:t>
+      </w:r>
+      <w:r w:rsidR="000C7467" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, organizuoja renginius, atlieka administracinį darbą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A379E6E" w14:textId="35013D47" w:rsidR="00ED229B" w:rsidRPr="00E62D9B" w:rsidRDefault="00F16037" w:rsidP="0096544B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7.1</w:t>
+      </w:r>
+      <w:r w:rsidR="0055541D" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. savo veiklas viešina </w:t>
+      </w:r>
+      <w:r w:rsidR="00E62D9B" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Centro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> internetinėje svetainėje </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00E62D9B">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaitas"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>www.gajc.lt</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, socialiniuose tinkluose:</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED229B" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rengia informacijas, straipsnius, fotografuoja</w:t>
+      </w:r>
+      <w:r w:rsidR="0055541D" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D47F15" w14:textId="77777777" w:rsidR="00E62D9B" w:rsidRPr="00E62D9B" w:rsidRDefault="0055541D" w:rsidP="00E62D9B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.18. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>susipaž</w:t>
+      </w:r>
+      <w:r w:rsidR="00134FFF" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įsta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> su ugdymo įstaigos nustatytomis tvarkomis ir reaguoti į kylančius atvejus atitinkamai pagal nustatytas ugdymo įstaigoje tvarkas</w:t>
+      </w:r>
+      <w:r w:rsidR="00134FFF" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2700A066" w14:textId="57ACDEEB" w:rsidR="00172666" w:rsidRPr="00E62D9B" w:rsidRDefault="00380208" w:rsidP="00E62D9B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62D9B" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00172666" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>. v</w:t>
+      </w:r>
+      <w:r w:rsidR="00172666" w:rsidRPr="00E62D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ykdo kitus Centro direktoriaus nurodymus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B0BC817" w14:textId="77777777" w:rsidR="00D52B29" w:rsidRPr="00E17306" w:rsidRDefault="00D52B29" w:rsidP="00E17306">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t> </w:t>
-[...3 lines deleted...]
-    <w:sectPr w:rsidR="006E29C8">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EA72D47" w14:textId="77777777" w:rsidR="00E17306" w:rsidRPr="00F3507B" w:rsidRDefault="00E17306" w:rsidP="00E17306">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17F221B8" w14:textId="77777777" w:rsidR="00E17306" w:rsidRPr="00F3507B" w:rsidRDefault="00E17306" w:rsidP="00E17306">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3507B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Susipažinau</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F045E85" w14:textId="77777777" w:rsidR="00E17306" w:rsidRPr="00F3507B" w:rsidRDefault="00E17306" w:rsidP="00E17306">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3507B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F3507B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25AAE384" w14:textId="77777777" w:rsidR="00E17306" w:rsidRPr="00F3507B" w:rsidRDefault="00E17306" w:rsidP="00E17306">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3507B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>(Parašas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27E71892" w14:textId="77777777" w:rsidR="00E17306" w:rsidRPr="00F3507B" w:rsidRDefault="00E17306" w:rsidP="00E17306">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3507B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F3507B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F3507B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F3507B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67A655CE" w14:textId="77777777" w:rsidR="00E17306" w:rsidRPr="00F3507B" w:rsidRDefault="00E17306" w:rsidP="00E17306">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3507B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>(Vardas ir pavardė)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7336A596" w14:textId="77777777" w:rsidR="00E17306" w:rsidRPr="00F3507B" w:rsidRDefault="00E17306" w:rsidP="00E17306">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3507B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F3507B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37B0326D" w14:textId="5AEE5206" w:rsidR="006E29C8" w:rsidRPr="00F3507B" w:rsidRDefault="00E17306" w:rsidP="004465E2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3507B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>(Data)</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="006E29C8" w:rsidRPr="00F3507B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E0228DB" w14:textId="77777777" w:rsidR="00F56A7D" w:rsidRDefault="00F56A7D" w:rsidP="003C7790">
+    <w:p w14:paraId="374AD7D9" w14:textId="77777777" w:rsidR="001E6EBD" w:rsidRDefault="001E6EBD" w:rsidP="003C7790">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="122ED7B8" w14:textId="77777777" w:rsidR="00F56A7D" w:rsidRDefault="00F56A7D" w:rsidP="003C7790">
+    <w:p w14:paraId="466D5730" w14:textId="77777777" w:rsidR="001E6EBD" w:rsidRDefault="001E6EBD" w:rsidP="003C7790">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DM Sans">
+    <w:charset w:val="BA"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="8000002F" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7F202B44" w14:textId="77777777" w:rsidR="00F56A7D" w:rsidRDefault="00F56A7D" w:rsidP="003C7790">
+    <w:p w14:paraId="230B2244" w14:textId="77777777" w:rsidR="001E6EBD" w:rsidRDefault="001E6EBD" w:rsidP="003C7790">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="081050CB" w14:textId="77777777" w:rsidR="00F56A7D" w:rsidRDefault="00F56A7D" w:rsidP="003C7790">
+    <w:p w14:paraId="750B1A3D" w14:textId="77777777" w:rsidR="001E6EBD" w:rsidRDefault="001E6EBD" w:rsidP="003C7790">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26490972"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BA76EDA4"/>
+    <w:lvl w:ilvl="0" w:tplc="F976E67C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="31AE2810"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0415001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3BFE489C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0415001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="47BD7373"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0415001F"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="793E19D9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="703AE082"/>
+    <w:lvl w:ilvl="0" w:tplc="1A48AB0C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1509254584">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1925647873">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="838352931">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="196086979">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="2126120103">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="150"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008A6240"/>
-    <w:rsid w:val="00032805"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0036581E"/>
+    <w:rsid w:val="00000AF6"/>
+    <w:rsid w:val="00000C8C"/>
+    <w:rsid w:val="00004D43"/>
+    <w:rsid w:val="00012F15"/>
+    <w:rsid w:val="000252AC"/>
+    <w:rsid w:val="00072E52"/>
+    <w:rsid w:val="000758A5"/>
+    <w:rsid w:val="0009098B"/>
+    <w:rsid w:val="000926FE"/>
+    <w:rsid w:val="000C269F"/>
+    <w:rsid w:val="000C2F7A"/>
+    <w:rsid w:val="000C6282"/>
+    <w:rsid w:val="000C7467"/>
+    <w:rsid w:val="000D0422"/>
+    <w:rsid w:val="0011430B"/>
+    <w:rsid w:val="00134FFF"/>
+    <w:rsid w:val="001401F8"/>
+    <w:rsid w:val="0015576C"/>
+    <w:rsid w:val="0016321D"/>
+    <w:rsid w:val="00172666"/>
+    <w:rsid w:val="00182ACB"/>
+    <w:rsid w:val="0019449A"/>
+    <w:rsid w:val="001A7298"/>
+    <w:rsid w:val="001E6EBD"/>
+    <w:rsid w:val="001F72C0"/>
+    <w:rsid w:val="002127E7"/>
+    <w:rsid w:val="0021659C"/>
+    <w:rsid w:val="00222E05"/>
+    <w:rsid w:val="002304AB"/>
+    <w:rsid w:val="00237604"/>
+    <w:rsid w:val="00251326"/>
+    <w:rsid w:val="00255EF0"/>
+    <w:rsid w:val="00262FAB"/>
+    <w:rsid w:val="0026764B"/>
+    <w:rsid w:val="00267B92"/>
+    <w:rsid w:val="00291948"/>
+    <w:rsid w:val="002A4BCC"/>
+    <w:rsid w:val="002C3528"/>
+    <w:rsid w:val="0030581E"/>
+    <w:rsid w:val="00313580"/>
+    <w:rsid w:val="00323573"/>
+    <w:rsid w:val="003347AC"/>
+    <w:rsid w:val="00344B78"/>
+    <w:rsid w:val="00345F2F"/>
+    <w:rsid w:val="00380208"/>
+    <w:rsid w:val="003858EC"/>
     <w:rsid w:val="003C7790"/>
     <w:rsid w:val="003C7EE2"/>
+    <w:rsid w:val="003E3468"/>
+    <w:rsid w:val="003E3988"/>
+    <w:rsid w:val="003F0D67"/>
+    <w:rsid w:val="003F3283"/>
+    <w:rsid w:val="003F3F83"/>
+    <w:rsid w:val="00444C47"/>
+    <w:rsid w:val="004465E2"/>
+    <w:rsid w:val="00447361"/>
+    <w:rsid w:val="00475340"/>
+    <w:rsid w:val="00475C6E"/>
+    <w:rsid w:val="00477944"/>
+    <w:rsid w:val="004960E1"/>
+    <w:rsid w:val="004C58FC"/>
+    <w:rsid w:val="004F5CBE"/>
+    <w:rsid w:val="0052356E"/>
+    <w:rsid w:val="005443F4"/>
+    <w:rsid w:val="0055541D"/>
     <w:rsid w:val="00566204"/>
+    <w:rsid w:val="0057561D"/>
+    <w:rsid w:val="005805D7"/>
+    <w:rsid w:val="00590488"/>
+    <w:rsid w:val="005A3650"/>
+    <w:rsid w:val="005A420C"/>
+    <w:rsid w:val="005C0CB8"/>
+    <w:rsid w:val="005E0088"/>
     <w:rsid w:val="005E7882"/>
     <w:rsid w:val="005F1038"/>
+    <w:rsid w:val="005F4A67"/>
+    <w:rsid w:val="006005BA"/>
+    <w:rsid w:val="006300D2"/>
+    <w:rsid w:val="0065675A"/>
     <w:rsid w:val="00690C7A"/>
+    <w:rsid w:val="006B6A27"/>
+    <w:rsid w:val="006D028A"/>
+    <w:rsid w:val="006D3122"/>
+    <w:rsid w:val="006D40E3"/>
+    <w:rsid w:val="006D6F78"/>
+    <w:rsid w:val="006D79E0"/>
     <w:rsid w:val="006E29C8"/>
-    <w:rsid w:val="0070705A"/>
+    <w:rsid w:val="006E7AC6"/>
+    <w:rsid w:val="00710DB4"/>
+    <w:rsid w:val="007110C0"/>
+    <w:rsid w:val="0073296D"/>
+    <w:rsid w:val="007553EA"/>
+    <w:rsid w:val="00760FCB"/>
+    <w:rsid w:val="0076151C"/>
+    <w:rsid w:val="00763802"/>
+    <w:rsid w:val="00766F19"/>
     <w:rsid w:val="00787930"/>
+    <w:rsid w:val="00787B6C"/>
     <w:rsid w:val="00791348"/>
+    <w:rsid w:val="007B15A3"/>
+    <w:rsid w:val="007B3206"/>
+    <w:rsid w:val="007C3BFA"/>
+    <w:rsid w:val="007D075F"/>
+    <w:rsid w:val="007D6E80"/>
+    <w:rsid w:val="00803AEE"/>
+    <w:rsid w:val="00813B01"/>
     <w:rsid w:val="00814F84"/>
+    <w:rsid w:val="00815A8B"/>
+    <w:rsid w:val="00816355"/>
+    <w:rsid w:val="00865499"/>
+    <w:rsid w:val="00887E4C"/>
     <w:rsid w:val="008A6240"/>
+    <w:rsid w:val="008C7207"/>
+    <w:rsid w:val="008D08AB"/>
+    <w:rsid w:val="008D2881"/>
+    <w:rsid w:val="008D342E"/>
+    <w:rsid w:val="008D3EA6"/>
+    <w:rsid w:val="009041F1"/>
+    <w:rsid w:val="00917FE8"/>
+    <w:rsid w:val="00932860"/>
+    <w:rsid w:val="009513DD"/>
+    <w:rsid w:val="0096544B"/>
+    <w:rsid w:val="009655DF"/>
+    <w:rsid w:val="00972837"/>
+    <w:rsid w:val="00990DDE"/>
     <w:rsid w:val="00995E74"/>
+    <w:rsid w:val="009964C5"/>
+    <w:rsid w:val="009A3E31"/>
+    <w:rsid w:val="009A432D"/>
+    <w:rsid w:val="009B1E33"/>
+    <w:rsid w:val="009C2832"/>
+    <w:rsid w:val="009C7B93"/>
+    <w:rsid w:val="009D47B0"/>
+    <w:rsid w:val="009E6D49"/>
+    <w:rsid w:val="009E753C"/>
+    <w:rsid w:val="00A15BC6"/>
+    <w:rsid w:val="00A31387"/>
+    <w:rsid w:val="00A33052"/>
+    <w:rsid w:val="00A411BD"/>
     <w:rsid w:val="00A70AD0"/>
+    <w:rsid w:val="00AD0ACA"/>
+    <w:rsid w:val="00AF59A6"/>
+    <w:rsid w:val="00B22381"/>
+    <w:rsid w:val="00B31525"/>
+    <w:rsid w:val="00B32814"/>
+    <w:rsid w:val="00B52A07"/>
+    <w:rsid w:val="00B5307C"/>
+    <w:rsid w:val="00B63195"/>
+    <w:rsid w:val="00B64F29"/>
+    <w:rsid w:val="00B82FA1"/>
+    <w:rsid w:val="00B91980"/>
+    <w:rsid w:val="00BA73B4"/>
+    <w:rsid w:val="00BC27E9"/>
+    <w:rsid w:val="00BC77A7"/>
+    <w:rsid w:val="00BE2329"/>
+    <w:rsid w:val="00C07FCA"/>
+    <w:rsid w:val="00C1422D"/>
+    <w:rsid w:val="00C34F90"/>
+    <w:rsid w:val="00C55FFA"/>
+    <w:rsid w:val="00C633E2"/>
+    <w:rsid w:val="00C80164"/>
+    <w:rsid w:val="00C82CF5"/>
+    <w:rsid w:val="00C82FBC"/>
+    <w:rsid w:val="00C840F2"/>
+    <w:rsid w:val="00C86EFF"/>
+    <w:rsid w:val="00CA309F"/>
+    <w:rsid w:val="00CB1926"/>
+    <w:rsid w:val="00CB755B"/>
+    <w:rsid w:val="00CC581E"/>
+    <w:rsid w:val="00CD13BD"/>
+    <w:rsid w:val="00CD77E1"/>
+    <w:rsid w:val="00CE05C5"/>
+    <w:rsid w:val="00CE375B"/>
+    <w:rsid w:val="00D36DA0"/>
+    <w:rsid w:val="00D46470"/>
     <w:rsid w:val="00D52B29"/>
-    <w:rsid w:val="00D709AD"/>
-    <w:rsid w:val="00F56A7D"/>
+    <w:rsid w:val="00D64503"/>
+    <w:rsid w:val="00D67F24"/>
+    <w:rsid w:val="00D70C75"/>
+    <w:rsid w:val="00D915B3"/>
+    <w:rsid w:val="00D938C1"/>
+    <w:rsid w:val="00DA2EE7"/>
+    <w:rsid w:val="00DB126D"/>
+    <w:rsid w:val="00DC0141"/>
+    <w:rsid w:val="00DC369C"/>
+    <w:rsid w:val="00E04333"/>
+    <w:rsid w:val="00E059D1"/>
+    <w:rsid w:val="00E108A9"/>
+    <w:rsid w:val="00E116A3"/>
+    <w:rsid w:val="00E12EC5"/>
+    <w:rsid w:val="00E153FD"/>
+    <w:rsid w:val="00E16183"/>
+    <w:rsid w:val="00E17306"/>
+    <w:rsid w:val="00E371CC"/>
+    <w:rsid w:val="00E62D9B"/>
+    <w:rsid w:val="00E659BE"/>
+    <w:rsid w:val="00E75615"/>
+    <w:rsid w:val="00E85F4D"/>
+    <w:rsid w:val="00E87078"/>
+    <w:rsid w:val="00E91FAA"/>
+    <w:rsid w:val="00EB13FE"/>
+    <w:rsid w:val="00EB2C0F"/>
+    <w:rsid w:val="00ED229B"/>
+    <w:rsid w:val="00ED3A6B"/>
+    <w:rsid w:val="00ED688C"/>
+    <w:rsid w:val="00EF481A"/>
+    <w:rsid w:val="00F01694"/>
+    <w:rsid w:val="00F049E3"/>
+    <w:rsid w:val="00F070C9"/>
+    <w:rsid w:val="00F1202F"/>
+    <w:rsid w:val="00F15FC3"/>
+    <w:rsid w:val="00F16037"/>
+    <w:rsid w:val="00F21436"/>
+    <w:rsid w:val="00F3507B"/>
+    <w:rsid w:val="00F66D0A"/>
     <w:rsid w:val="00FA540F"/>
+    <w:rsid w:val="00FB2D40"/>
+    <w:rsid w:val="00FB6BE4"/>
+    <w:rsid w:val="00FC409C"/>
+    <w:rsid w:val="00FD6B63"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="2D0FB945"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A674E1F1-DC86-4F20-A7AB-4DCAE5108B07}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2845,141 +4230,180 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Antrats">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:link w:val="AntratsDiagrama"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003C7790"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AntratsDiagrama">
+    <w:name w:val="Antraštės Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrats"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="003C7790"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Porat">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:link w:val="PoratDiagrama"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003C7790"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PoratDiagrama">
+    <w:name w:val="Poraštė Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Porat"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="003C7790"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="003C7790"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="prastasiniatinklio">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DC0141"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="lt-LT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipersaitas">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00813B01"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Neapdorotaspaminjimas">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00813B01"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="10491661">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1384527385">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -3184,71 +4608,162 @@
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
             <w:div w:id="172452806">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="67196362">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1030302294">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1114247352">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1128553515">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1250231541">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1308243064">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1509565089">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2015985275">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-tar.lt/portal/lt/legalAct/a5edd380ef5b11e99681cd81dcdca52c/asr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gajc.lt" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3468,74 +4983,97 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA3841ED-1032-488C-BFD7-6285D3EEF6D5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>964</Words>
-  <Characters>5501</Characters>
+  <Words>996</Words>
+  <Characters>5981</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>49</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Pavadinimas</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6453</CharactersWithSpaces>
+  <CharactersWithSpaces>6964</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vartotojas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>